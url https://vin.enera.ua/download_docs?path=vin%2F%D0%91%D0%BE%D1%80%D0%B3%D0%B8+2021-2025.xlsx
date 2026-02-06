--- v0 (2025-12-07)
+++ v1 (2026-02-06)
@@ -1,59 +1,57 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="bin" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.printerSettings"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/xl/workbook.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet2.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
-  <Override PartName="/xl/worksheets/sheet3.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/xl/calcChain.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.calcChain+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" mc:Ignorable="x15">
   <fileVersion appName="xl" lastEdited="6" lowestEdited="4" rupBuild="14420"/>
   <workbookPr filterPrivacy="1" defaultThemeVersion="124226"/>
   <bookViews>
-    <workbookView xWindow="240" yWindow="105" windowWidth="14805" windowHeight="8010"/>
+    <workbookView xWindow="240" yWindow="105" windowWidth="14805" windowHeight="8010" activeTab="1"/>
   </bookViews>
   <sheets>
     <sheet name="Борг по періодах" sheetId="4" r:id="rId1"/>
-    <sheet name="Період 2021-2025" sheetId="2" r:id="rId2"/>
-    <sheet name="Борг (ДТ)" sheetId="3" r:id="rId3"/>
+    <sheet name="Борг (ДТ)" sheetId="3" r:id="rId2"/>
   </sheets>
   <definedNames>
     <definedName name="_xlnm.Print_Titles" localSheetId="0">'Борг по періодах'!$3:$4</definedName>
   </definedNames>
   <calcPr calcId="152511"/>
 </workbook>
 </file>
 
 <file path=xl/calcChain.xml><?xml version="1.0" encoding="utf-8"?>
 <calcChain xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <c r="K98" i="4" l="1"/>
   <c r="K93" i="4"/>
   <c r="K92" i="4" s="1"/>
   <c r="D98" i="4"/>
   <c r="D99" i="4"/>
   <c r="D100" i="4"/>
   <c r="F97" i="4"/>
   <c r="G97" i="4"/>
   <c r="H97" i="4"/>
   <c r="I97" i="4"/>
   <c r="J97" i="4"/>
   <c r="K97" i="4"/>
   <c r="E97" i="4"/>
   <c r="F92" i="4"/>
   <c r="G92" i="4"/>
@@ -230,672 +228,362 @@
   <c r="D91" i="4"/>
   <c r="D25" i="4"/>
   <c r="D50" i="4"/>
   <c r="D73" i="4"/>
   <c r="D51" i="4"/>
   <c r="D74" i="4"/>
   <c r="D93" i="4"/>
   <c r="D52" i="4"/>
   <c r="D75" i="4"/>
   <c r="D94" i="4"/>
   <c r="D27" i="4"/>
   <c r="D76" i="4"/>
   <c r="D95" i="4"/>
   <c r="D28" i="4"/>
   <c r="D96" i="4"/>
   <c r="D29" i="4"/>
   <c r="D78" i="4"/>
   <c r="D30" i="4"/>
   <c r="D79" i="4"/>
   <c r="D31" i="4"/>
   <c r="D80" i="4"/>
   <c r="D81" i="4"/>
   <c r="D53" i="4" l="1"/>
   <c r="D59" i="4"/>
   <c r="D33" i="4"/>
-  <c r="AC12" i="2"/>
-[...37 lines deleted...]
-  <c r="AB21" i="2"/>
   <c r="N30" i="3"/>
   <c r="B17" i="3"/>
-  <c r="Y38" i="2"/>
-[...112 lines deleted...]
-  <c r="J17" i="3"/>
+  <c r="J17" i="3" l="1"/>
   <c r="N4" i="3" l="1"/>
   <c r="M4" i="3"/>
   <c r="L4" i="3"/>
   <c r="K4" i="3"/>
   <c r="J4" i="3"/>
   <c r="I4" i="3"/>
   <c r="H4" i="3"/>
   <c r="G4" i="3"/>
   <c r="F4" i="3"/>
   <c r="E4" i="3"/>
   <c r="D4" i="3"/>
   <c r="C4" i="3"/>
   <c r="B4" i="3"/>
   <c r="N17" i="3"/>
   <c r="M17" i="3"/>
   <c r="L17" i="3"/>
   <c r="K17" i="3"/>
   <c r="I17" i="3"/>
   <c r="H17" i="3"/>
   <c r="G17" i="3"/>
   <c r="F17" i="3"/>
   <c r="E17" i="3"/>
   <c r="D17" i="3"/>
   <c r="C17" i="3"/>
-  <c r="S38" i="2" l="1"/>
-[...5 lines deleted...]
-  <c r="S31" i="2" l="1"/>
   <c r="M30" i="3" l="1"/>
   <c r="L30" i="3"/>
   <c r="K30" i="3"/>
   <c r="J30" i="3"/>
   <c r="I30" i="3"/>
   <c r="H30" i="3"/>
   <c r="G30" i="3"/>
   <c r="F30" i="3"/>
   <c r="E30" i="3"/>
   <c r="D30" i="3"/>
   <c r="C30" i="3"/>
   <c r="B30" i="3"/>
   <c r="N43" i="3"/>
   <c r="M43" i="3"/>
   <c r="L43" i="3"/>
   <c r="K43" i="3"/>
   <c r="J43" i="3"/>
   <c r="I43" i="3"/>
   <c r="H43" i="3"/>
   <c r="G43" i="3"/>
   <c r="F43" i="3"/>
   <c r="E43" i="3"/>
   <c r="D43" i="3"/>
   <c r="C43" i="3"/>
   <c r="B43" i="3"/>
   <c r="N56" i="3"/>
   <c r="M56" i="3"/>
   <c r="L56" i="3"/>
   <c r="K56" i="3"/>
   <c r="J56" i="3"/>
   <c r="I56" i="3"/>
   <c r="H56" i="3"/>
   <c r="G56" i="3"/>
   <c r="F56" i="3"/>
   <c r="E56" i="3"/>
   <c r="D56" i="3"/>
   <c r="C56" i="3"/>
-  <c r="W44" i="2" l="1"/>
-[...109 lines deleted...]
-  <c r="C44" i="2"/>
   <c r="B56" i="3" l="1"/>
 </calcChain>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="275" uniqueCount="55">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="179" uniqueCount="44">
   <si>
     <t>Станом на</t>
   </si>
   <si>
     <t>1.Промисловість</t>
   </si>
   <si>
     <t>3.Сільгоспспоживачі</t>
   </si>
   <si>
     <t>4.Житлокомунгосп,</t>
   </si>
   <si>
     <t>8.Інші споживачі</t>
   </si>
   <si>
     <t>Станом на 01.01.2022</t>
   </si>
   <si>
     <t>Станом на 01.04.2022</t>
   </si>
   <si>
     <t>Станом на 01.07.2022</t>
   </si>
   <si>
     <t>Станом на 01.10.2022</t>
   </si>
   <si>
     <t>Станом на 01.01.2023</t>
   </si>
   <si>
     <t>всього</t>
   </si>
   <si>
-    <t>в тому числі</t>
-[...10 lines deleted...]
-  <si>
     <t>Бюджетні установи</t>
-  </si>
-[...1 lines deleted...]
-    <t>Населення</t>
   </si>
   <si>
     <t>Інші споживачі</t>
   </si>
   <si>
     <t>Станом на 01.04.2023</t>
   </si>
   <si>
     <t>Станом на 01.07.2023</t>
   </si>
   <si>
     <t>Станом на 01.10.2023</t>
-  </si>
-[...1 lines deleted...]
-    <t>Заборгованість за спожиту електроенергію споживачів ТОВ "ЕНЕРА ВІННИЦЯ" за 2022 за категоріями споживачів, тис. грн</t>
   </si>
   <si>
     <t>Станом на 01.01.2024</t>
   </si>
   <si>
     <t>2.Залізниця</t>
   </si>
   <si>
     <t>7.Населення</t>
   </si>
   <si>
     <t>Борг за спожиту електроенергію споживачів ТОВ "ЕНЕРА ВІННИЦЯ" за 2022 за категоріями споживачів, з ПДВ</t>
   </si>
   <si>
     <t>Борг за спожиту електроенергію споживачів ТОВ "ЕНЕРА ВІННИЦЯ" за  2023 за категоріями споживачів, з ПДВ</t>
   </si>
   <si>
-    <t>Залізниця</t>
-[...1 lines deleted...]
-  <si>
     <t>Борг за спожиту електроенергію споживачів ТОВ "ЕНЕРА ВІННИЦЯ" за 2021 за категоріями споживачів, з ПДВ</t>
   </si>
   <si>
     <t>Борг за спожиту електроенергію споживачів ТОВ "ЕНЕРА ВІННИЦЯ" за  2024 за категоріями споживачів, з ПДВ</t>
   </si>
   <si>
     <t>Борг за спожиту електроенергію споживачів ТОВ "ЕНЕРА ВІННИЦЯ" за  2025 за категоріями споживачів, з ПДВ</t>
-  </si>
-[...4 lines deleted...]
-    <t>Заборгованість за спожиту електроенергію споживачів ТОВ "ЕНЕРА ВІННИЦЯ" за 2024р. за категоріями споживачів, тис.грн</t>
   </si>
   <si>
     <t>Станом на 01.04.2024</t>
   </si>
   <si>
     <t>Станом на 01.07.2024</t>
   </si>
   <si>
     <t>Станом на 01.10.2024</t>
   </si>
   <si>
     <t>Станом на 01.01.2025</t>
   </si>
   <si>
-    <t>Заборгованість за спожиту електроенергію споживачів ТОВ "ЕНЕРА ВІННИЦЯ" за 2025р. за категоріями споживачів, тис.грн</t>
-[...1 lines deleted...]
-  <si>
     <t>Станом на 01.04.2025</t>
   </si>
   <si>
     <t>Станом на 01.07.2025</t>
   </si>
   <si>
     <t>Станом на 01.10.2025</t>
-  </si>
-[...1 lines deleted...]
-    <t>Станом на 01.01.2026</t>
   </si>
   <si>
     <t>Всього по області, 
 в тому числі:</t>
   </si>
   <si>
     <t>6.Підприємства та організації
    місцевого бюджету</t>
   </si>
   <si>
     <t>5.Підприємства та організації
    державного бюджету</t>
   </si>
   <si>
     <t>тис.грн</t>
   </si>
   <si>
     <t>Всього по області</t>
   </si>
   <si>
     <t>Промис-ловість</t>
   </si>
   <si>
     <t>Сільгосп-споживачі</t>
   </si>
   <si>
     <t>Житло-комунгосп</t>
   </si>
   <si>
     <t>Населен-ня</t>
   </si>
   <si>
     <t>в тому числі по групам споживачів</t>
   </si>
   <si>
     <t>Укрзаліз-ниця</t>
   </si>
   <si>
-    <t>Заборгованість за спожиту електроенергію споживачів ТОВ "ЕНЕРА ВІННИЦЯ" 
-за 2022-2025 роки по категоріях споживачів</t>
+    <t>в тому числі по роках виникнення</t>
   </si>
   <si>
-    <t>в тому числі по роках виникнення</t>
+    <t>Заборгованість за спожиту електроенергію споживачів ТОВ "ЕНЕРА ВІННИЦЯ" 
+за 2022-2025 роки за категоріями споживачів</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" mc:Ignorable="x14ac">
   <numFmts count="1">
     <numFmt numFmtId="164" formatCode="#,##0.000"/>
   </numFmts>
-  <fonts count="11" x14ac:knownFonts="1">
+  <fonts count="9" x14ac:knownFonts="1">
     <font>
       <sz val="11"/>
       <color theme="1"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
       <sz val="10"/>
       <name val="Arial Cyr"/>
       <charset val="204"/>
     </font>
     <font>
       <sz val="10"/>
       <name val="Arial Cyr"/>
       <family val="2"/>
       <charset val="204"/>
     </font>
     <font>
       <b/>
       <sz val="10"/>
       <name val="Arial Cyr"/>
       <charset val="204"/>
     </font>
     <font>
       <b/>
-      <sz val="14"/>
-[...4 lines deleted...]
-      <b/>
       <sz val="10"/>
       <name val="Arial Cyr"/>
       <family val="2"/>
       <charset val="204"/>
     </font>
     <font>
       <b/>
       <sz val="11"/>
       <color theme="1"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
-      <sz val="10"/>
-[...5 lines deleted...]
-      <b/>
       <sz val="10"/>
       <color theme="0" tint="-0.499984740745262"/>
       <name val="Arial Cyr"/>
       <charset val="204"/>
     </font>
     <font>
       <b/>
       <sz val="11"/>
       <color theme="1"/>
       <name val="Calibri"/>
       <family val="2"/>
       <charset val="204"/>
       <scheme val="minor"/>
     </font>
     <font>
       <b/>
       <sz val="14"/>
       <color theme="1"/>
       <name val="Calibri"/>
       <family val="2"/>
       <charset val="204"/>
       <scheme val="minor"/>
     </font>
   </fonts>
-  <fills count="5">
+  <fills count="6">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
       <patternFill patternType="gray125"/>
     </fill>
     <fill>
       <patternFill patternType="solid">
         <fgColor theme="0"/>
         <bgColor indexed="64"/>
       </patternFill>
     </fill>
     <fill>
       <patternFill patternType="solid">
         <fgColor theme="0" tint="-0.14999847407452621"/>
         <bgColor indexed="64"/>
       </patternFill>
     </fill>
     <fill>
       <patternFill patternType="solid">
         <fgColor theme="0" tint="-4.9989318521683403E-2"/>
         <bgColor indexed="64"/>
       </patternFill>
     </fill>
+    <fill>
+      <patternFill patternType="solid">
+        <fgColor theme="0" tint="-0.499984740745262"/>
+        <bgColor indexed="64"/>
+      </patternFill>
+    </fill>
   </fills>
-  <borders count="56">
+  <borders count="35">
     <border>
       <left/>
       <right/>
       <top/>
       <bottom/>
       <diagonal/>
     </border>
     <border>
       <left style="thin">
         <color auto="1"/>
       </left>
       <right style="thin">
         <color auto="1"/>
       </right>
       <top style="thin">
         <color auto="1"/>
       </top>
       <bottom/>
       <diagonal/>
     </border>
     <border>
       <left style="thin">
         <color auto="1"/>
       </left>
       <right style="thin">
@@ -920,341 +608,66 @@
       </bottom>
       <diagonal/>
     </border>
     <border>
       <left/>
       <right style="thin">
         <color indexed="64"/>
       </right>
       <top style="thin">
         <color indexed="64"/>
       </top>
       <bottom/>
       <diagonal/>
     </border>
     <border>
       <left/>
       <right style="thin">
         <color auto="1"/>
       </right>
       <top/>
       <bottom/>
       <diagonal/>
     </border>
     <border>
       <left/>
-      <right style="thin">
-[...245 lines deleted...]
-      <left/>
       <right/>
       <top/>
       <bottom style="thin">
-        <color indexed="64"/>
-[...11 lines deleted...]
-      <bottom style="medium">
         <color indexed="64"/>
       </bottom>
       <diagonal/>
     </border>
     <border>
       <left style="medium">
         <color indexed="64"/>
       </left>
       <right/>
       <top style="medium">
         <color indexed="64"/>
       </top>
       <bottom/>
-      <diagonal/>
-[...13 lines deleted...]
-      </bottom>
       <diagonal/>
     </border>
     <border>
       <left style="thin">
         <color auto="1"/>
       </left>
       <right style="thin">
         <color auto="1"/>
       </right>
       <top style="medium">
         <color indexed="64"/>
       </top>
       <bottom style="thin">
         <color auto="1"/>
       </bottom>
       <diagonal/>
     </border>
     <border>
       <left style="thin">
         <color auto="1"/>
       </left>
       <right style="medium">
         <color indexed="64"/>
       </right>
       <top style="medium">
@@ -1583,521 +996,323 @@
       <right style="medium">
         <color indexed="64"/>
       </right>
       <top style="hair">
         <color auto="1"/>
       </top>
       <bottom style="medium">
         <color indexed="64"/>
       </bottom>
       <diagonal/>
     </border>
     <border>
       <left/>
       <right/>
       <top style="thin">
         <color auto="1"/>
       </top>
       <bottom/>
       <diagonal/>
     </border>
   </borders>
   <cellStyleXfs count="2">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0"/>
     <xf numFmtId="0" fontId="1" fillId="0" borderId="0"/>
   </cellStyleXfs>
-  <cellXfs count="160">
+  <cellXfs count="88">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0"/>
-    <xf numFmtId="0" fontId="1" fillId="0" borderId="0" xfId="1"/>
     <xf numFmtId="3" fontId="3" fillId="2" borderId="3" xfId="1" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
-    <xf numFmtId="0" fontId="3" fillId="0" borderId="0" xfId="1" applyFont="1" applyFill="1"/>
     <xf numFmtId="3" fontId="1" fillId="2" borderId="3" xfId="1" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
     <xf numFmtId="3" fontId="1" fillId="2" borderId="3" xfId="1" applyNumberFormat="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center"/>
     </xf>
-    <xf numFmtId="3" fontId="3" fillId="2" borderId="6" xfId="1" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
-[...64 lines deleted...]
-    <xf numFmtId="0" fontId="6" fillId="2" borderId="0" xfId="0" applyFont="1" applyFill="1"/>
+    <xf numFmtId="0" fontId="5" fillId="2" borderId="0" xfId="0" applyFont="1" applyFill="1"/>
     <xf numFmtId="0" fontId="0" fillId="2" borderId="0" xfId="0" applyFill="1" applyAlignment="1">
       <alignment wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="3" fillId="2" borderId="3" xfId="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="0" fillId="2" borderId="0" xfId="0" applyFill="1"/>
     <xf numFmtId="0" fontId="1" fillId="2" borderId="3" xfId="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="2" fillId="2" borderId="3" xfId="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="1" fillId="2" borderId="0" xfId="1" applyFill="1" applyAlignment="1">
       <alignment wrapText="1"/>
     </xf>
-    <xf numFmtId="0" fontId="1" fillId="2" borderId="0" xfId="1" applyFill="1"/>
     <xf numFmtId="3" fontId="1" fillId="2" borderId="0" xfId="1" applyNumberFormat="1" applyFill="1"/>
     <xf numFmtId="3" fontId="0" fillId="2" borderId="0" xfId="0" applyNumberFormat="1" applyFill="1"/>
     <xf numFmtId="164" fontId="0" fillId="2" borderId="0" xfId="0" applyNumberFormat="1" applyFill="1"/>
     <xf numFmtId="0" fontId="2" fillId="3" borderId="1" xfId="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="1" fillId="3" borderId="1" xfId="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="1" fillId="3" borderId="1" xfId="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="2" fillId="3" borderId="2" xfId="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="14" fontId="1" fillId="3" borderId="2" xfId="1" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" wrapText="1"/>
     </xf>
     <xf numFmtId="14" fontId="1" fillId="3" borderId="2" xfId="1" applyNumberFormat="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="1" fillId="3" borderId="4" xfId="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center"/>
     </xf>
     <xf numFmtId="0" fontId="1" fillId="3" borderId="1" xfId="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center"/>
     </xf>
     <xf numFmtId="0" fontId="1" fillId="3" borderId="1" xfId="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center"/>
     </xf>
     <xf numFmtId="14" fontId="1" fillId="3" borderId="5" xfId="1" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center"/>
     </xf>
     <xf numFmtId="14" fontId="1" fillId="3" borderId="2" xfId="1" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center"/>
     </xf>
     <xf numFmtId="14" fontId="1" fillId="3" borderId="2" xfId="1" applyNumberFormat="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center"/>
     </xf>
-    <xf numFmtId="0" fontId="5" fillId="2" borderId="25" xfId="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="4" fillId="2" borderId="6" xfId="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="centerContinuous" vertical="center" wrapText="1"/>
     </xf>
-    <xf numFmtId="0" fontId="5" fillId="2" borderId="25" xfId="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="4" fillId="2" borderId="6" xfId="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="centerContinuous" wrapText="1"/>
     </xf>
-    <xf numFmtId="0" fontId="4" fillId="2" borderId="0" xfId="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
-[...2 lines deleted...]
-    <xf numFmtId="3" fontId="3" fillId="2" borderId="14" xfId="1" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="3" fontId="6" fillId="2" borderId="3" xfId="1" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="3" fontId="3" fillId="2" borderId="11" xfId="1" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="right" vertical="center"/>
     </xf>
-    <xf numFmtId="0" fontId="3" fillId="2" borderId="0" xfId="1" applyFont="1" applyFill="1"/>
-[...6 lines deleted...]
-    <xf numFmtId="3" fontId="3" fillId="2" borderId="16" xfId="1" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="3" fontId="1" fillId="2" borderId="11" xfId="1" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="right" vertical="center"/>
     </xf>
-    <xf numFmtId="0" fontId="1" fillId="2" borderId="0" xfId="1" applyFill="1" applyBorder="1"/>
-[...5 lines deleted...]
-    <xf numFmtId="3" fontId="7" fillId="2" borderId="3" xfId="1" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="3" fontId="1" fillId="2" borderId="11" xfId="1" applyNumberFormat="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="right"/>
+    </xf>
+    <xf numFmtId="3" fontId="6" fillId="2" borderId="11" xfId="1" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="right"/>
+    </xf>
+    <xf numFmtId="3" fontId="6" fillId="2" borderId="11" xfId="1" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="right" vertical="center"/>
+    </xf>
+    <xf numFmtId="3" fontId="3" fillId="2" borderId="11" xfId="1" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="right"/>
+    </xf>
+    <xf numFmtId="3" fontId="1" fillId="2" borderId="12" xfId="1" applyNumberFormat="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="right"/>
+    </xf>
+    <xf numFmtId="3" fontId="3" fillId="2" borderId="12" xfId="1" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="right" vertical="center"/>
+    </xf>
+    <xf numFmtId="3" fontId="1" fillId="2" borderId="12" xfId="1" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="right" vertical="center"/>
+    </xf>
+    <xf numFmtId="3" fontId="6" fillId="2" borderId="12" xfId="1" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="right" vertical="center"/>
+    </xf>
+    <xf numFmtId="3" fontId="6" fillId="2" borderId="12" xfId="1" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="right"/>
+    </xf>
+    <xf numFmtId="0" fontId="3" fillId="3" borderId="11" xfId="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
-    <xf numFmtId="3" fontId="7" fillId="2" borderId="3" xfId="1" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
-[...77 lines deleted...]
-    <xf numFmtId="0" fontId="3" fillId="3" borderId="33" xfId="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="3" fillId="3" borderId="12" xfId="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="3" fillId="2" borderId="1" xfId="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
-    <xf numFmtId="0" fontId="3" fillId="3" borderId="34" xfId="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="3" fillId="3" borderId="13" xfId="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
-    </xf>
-[...1 lines deleted...]
-      <alignment horizontal="center"/>
     </xf>
     <xf numFmtId="0" fontId="0" fillId="2" borderId="0" xfId="0" applyFill="1" applyAlignment="1">
       <alignment vertical="top"/>
     </xf>
-    <xf numFmtId="0" fontId="9" fillId="2" borderId="0" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="7" fillId="2" borderId="0" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="top" wrapText="1"/>
     </xf>
-    <xf numFmtId="0" fontId="9" fillId="2" borderId="0" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="7" fillId="2" borderId="0" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left" vertical="top" wrapText="1"/>
     </xf>
-    <xf numFmtId="3" fontId="3" fillId="2" borderId="34" xfId="1" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="3" fontId="3" fillId="2" borderId="13" xfId="1" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="right" vertical="center"/>
     </xf>
-    <xf numFmtId="3" fontId="1" fillId="2" borderId="34" xfId="1" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="3" fontId="1" fillId="2" borderId="13" xfId="1" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="right" vertical="center"/>
     </xf>
-    <xf numFmtId="3" fontId="1" fillId="2" borderId="34" xfId="1" applyNumberFormat="1" applyFill="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="3" fontId="1" fillId="2" borderId="13" xfId="1" applyNumberFormat="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="right"/>
     </xf>
-    <xf numFmtId="3" fontId="3" fillId="4" borderId="35" xfId="1" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="3" fontId="3" fillId="4" borderId="14" xfId="1" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="right" vertical="center"/>
     </xf>
-    <xf numFmtId="3" fontId="3" fillId="4" borderId="36" xfId="1" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="3" fontId="3" fillId="4" borderId="15" xfId="1" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="right" vertical="center"/>
     </xf>
-    <xf numFmtId="0" fontId="9" fillId="2" borderId="0" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="7" fillId="2" borderId="0" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" wrapText="1"/>
     </xf>
-    <xf numFmtId="0" fontId="3" fillId="2" borderId="39" xfId="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="3" fillId="2" borderId="18" xfId="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
-    <xf numFmtId="3" fontId="1" fillId="2" borderId="40" xfId="1" applyNumberFormat="1" applyFill="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="3" fontId="1" fillId="2" borderId="19" xfId="1" applyNumberFormat="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="right"/>
     </xf>
-    <xf numFmtId="3" fontId="1" fillId="2" borderId="41" xfId="1" applyNumberFormat="1" applyFill="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="3" fontId="1" fillId="2" borderId="20" xfId="1" applyNumberFormat="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="right"/>
     </xf>
-    <xf numFmtId="3" fontId="7" fillId="2" borderId="41" xfId="1" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="3" fontId="6" fillId="2" borderId="20" xfId="1" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="right"/>
     </xf>
-    <xf numFmtId="3" fontId="1" fillId="2" borderId="42" xfId="1" applyNumberFormat="1" applyFill="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="3" fontId="1" fillId="2" borderId="21" xfId="1" applyNumberFormat="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="right"/>
     </xf>
-    <xf numFmtId="0" fontId="3" fillId="3" borderId="43" xfId="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="3" fillId="3" borderId="22" xfId="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
-    <xf numFmtId="3" fontId="3" fillId="2" borderId="43" xfId="1" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="3" fontId="3" fillId="2" borderId="22" xfId="1" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="right"/>
     </xf>
-    <xf numFmtId="3" fontId="1" fillId="2" borderId="43" xfId="1" applyNumberFormat="1" applyFill="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="3" fontId="1" fillId="2" borderId="22" xfId="1" applyNumberFormat="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="right"/>
     </xf>
-    <xf numFmtId="3" fontId="7" fillId="2" borderId="43" xfId="1" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="3" fontId="6" fillId="2" borderId="22" xfId="1" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="right"/>
     </xf>
-    <xf numFmtId="3" fontId="1" fillId="2" borderId="44" xfId="1" applyNumberFormat="1" applyFill="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="3" fontId="1" fillId="2" borderId="23" xfId="1" applyNumberFormat="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="right"/>
     </xf>
-    <xf numFmtId="0" fontId="3" fillId="3" borderId="3" xfId="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="3" fillId="4" borderId="24" xfId="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="3" fillId="4" borderId="14" xfId="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="3" fillId="3" borderId="31" xfId="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="3" fillId="3" borderId="30" xfId="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="3" fillId="3" borderId="33" xfId="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="3" fillId="3" borderId="32" xfId="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="3" fillId="3" borderId="25" xfId="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="3" fillId="3" borderId="26" xfId="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="3" fillId="3" borderId="28" xfId="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="3" fillId="3" borderId="27" xfId="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="8" fillId="2" borderId="0" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="top" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="3" fillId="3" borderId="29" xfId="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="3" fillId="3" borderId="30" xfId="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="7" fillId="0" borderId="8" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center"/>
     </xf>
-    <xf numFmtId="0" fontId="3" fillId="3" borderId="15" xfId="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="7" fillId="0" borderId="9" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center"/>
     </xf>
-    <xf numFmtId="0" fontId="3" fillId="3" borderId="7" xfId="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
-[...47 lines deleted...]
-    <xf numFmtId="0" fontId="3" fillId="2" borderId="29" xfId="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="3" fillId="2" borderId="8" xfId="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="3" fillId="2" borderId="1" xfId="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
-    <xf numFmtId="0" fontId="3" fillId="3" borderId="27" xfId="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="3" fillId="3" borderId="7" xfId="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="top" wrapText="1"/>
     </xf>
-    <xf numFmtId="0" fontId="3" fillId="3" borderId="37" xfId="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="3" fillId="3" borderId="16" xfId="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="top" wrapText="1"/>
     </xf>
-    <xf numFmtId="0" fontId="3" fillId="3" borderId="38" xfId="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="3" fillId="3" borderId="17" xfId="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="top" wrapText="1"/>
     </xf>
-    <xf numFmtId="0" fontId="3" fillId="3" borderId="31" xfId="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="3" fillId="3" borderId="10" xfId="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="top" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="3" fillId="3" borderId="0" xfId="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="top" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="3" fillId="3" borderId="5" xfId="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="top" wrapText="1"/>
     </xf>
-    <xf numFmtId="0" fontId="3" fillId="3" borderId="3" xfId="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
-[...53 lines deleted...]
-    <xf numFmtId="0" fontId="2" fillId="2" borderId="55" xfId="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="2" fillId="5" borderId="34" xfId="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment vertical="center" wrapText="1"/>
     </xf>
-    <xf numFmtId="3" fontId="1" fillId="2" borderId="55" xfId="1" applyNumberFormat="1" applyFill="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="3" fontId="1" fillId="5" borderId="34" xfId="1" applyNumberFormat="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center"/>
     </xf>
   </cellXfs>
   <cellStyles count="2">
     <cellStyle name="Звичайний" xfId="0" builtinId="0"/>
     <cellStyle name="Обычный 21" xfId="1"/>
   </cellStyles>
   <dxfs count="0"/>
   <tableStyles count="0" defaultTableStyle="TableStyleMedium2" defaultPivotStyle="PivotStyleMedium9"/>
   <extLst>
     <ext xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" uri="{EB79DEF2-80B8-43e5-95BD-54CBDDF9020C}">
       <x14:slicerStyles defaultSlicerStyle="SlicerStyleLight1"/>
     </ext>
     <ext xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" uri="{9260A510-F301-46a8-8635-F512D64BE5F5}">
       <x15:timelineStyles defaultTimelineStyle="TimeSlicerStyleLight1"/>
     </ext>
   </extLst>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet3.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/calcChain" Target="calcChain.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet2.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet2.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/calcChain" Target="calcChain.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/></Relationships>
 </file>
 
 <file path=xl/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Тема Office">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4F81BD"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="C0504D"/>
       </a:accent2>
       <a:accent3>
@@ -2349,3400 +1564,3396 @@
                 <a:shade val="30000"/>
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/printerSettings" Target="../printerSettings/printerSettings1.bin"/></Relationships>
 </file>
 
 <file path=xl/worksheets/_rels/sheet2.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/printerSettings" Target="../printerSettings/printerSettings2.bin"/></Relationships>
 </file>
 
-<file path=xl/worksheets/_rels/sheet3.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-[...2 lines deleted...]
-
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" mc:Ignorable="x14ac">
   <dimension ref="A1:L102"/>
   <sheetViews>
-    <sheetView tabSelected="1" zoomScaleNormal="100" workbookViewId="0">
-      <pane xSplit="3" ySplit="4" topLeftCell="D5" activePane="bottomRight" state="frozen"/>
+    <sheetView zoomScaleNormal="100" workbookViewId="0">
+      <pane xSplit="3" ySplit="11" topLeftCell="D12" activePane="bottomRight" state="frozen"/>
       <selection pane="topRight" activeCell="D1" sqref="D1"/>
-      <selection pane="bottomLeft" activeCell="A5" sqref="A5"/>
-      <selection pane="bottomRight" activeCell="D5" sqref="D5"/>
+      <selection pane="bottomLeft" activeCell="A12" sqref="A12"/>
+      <selection pane="bottomRight" activeCell="D12" sqref="D12"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultColWidth="0" defaultRowHeight="15" zeroHeight="1" x14ac:dyDescent="0.25"/>
   <cols>
     <col min="1" max="1" width="10.7109375" customWidth="1"/>
     <col min="2" max="2" width="12.7109375" customWidth="1"/>
     <col min="3" max="3" width="6.42578125" customWidth="1"/>
     <col min="4" max="11" width="10.7109375" customWidth="1"/>
     <col min="12" max="12" width="3.7109375" customWidth="1"/>
     <col min="13" max="16384" width="9.140625" hidden="1"/>
   </cols>
   <sheetData>
-    <row r="1" spans="1:11" s="95" customFormat="1" ht="41.25" customHeight="1" x14ac:dyDescent="0.25">
-[...73 lines deleted...]
-      <c r="A5" s="128" t="s">
+    <row r="1" spans="1:11" s="44" customFormat="1" ht="41.25" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A1" s="73" t="s">
+        <v>43</v>
+      </c>
+      <c r="B1" s="73"/>
+      <c r="C1" s="73"/>
+      <c r="D1" s="73"/>
+      <c r="E1" s="73"/>
+      <c r="F1" s="73"/>
+      <c r="G1" s="73"/>
+      <c r="H1" s="73"/>
+      <c r="I1" s="73"/>
+      <c r="J1" s="73"/>
+      <c r="K1" s="73"/>
+    </row>
+    <row r="2" spans="1:11" s="44" customFormat="1" ht="15.75" thickBot="1" x14ac:dyDescent="0.3">
+      <c r="A2" s="45"/>
+      <c r="B2" s="46"/>
+      <c r="C2" s="45"/>
+      <c r="D2" s="45"/>
+      <c r="E2" s="45"/>
+      <c r="F2" s="45"/>
+      <c r="G2" s="45"/>
+      <c r="H2" s="45"/>
+      <c r="I2" s="45"/>
+      <c r="K2" s="52" t="s">
+        <v>34</v>
+      </c>
+    </row>
+    <row r="3" spans="1:11" s="7" customFormat="1" x14ac:dyDescent="0.25">
+      <c r="A3" s="80"/>
+      <c r="B3" s="81"/>
+      <c r="C3" s="82"/>
+      <c r="D3" s="78" t="s">
+        <v>35</v>
+      </c>
+      <c r="E3" s="76" t="s">
         <v>40</v>
       </c>
-      <c r="B5" s="117" t="s">
+      <c r="F3" s="76"/>
+      <c r="G3" s="76"/>
+      <c r="H3" s="76"/>
+      <c r="I3" s="76"/>
+      <c r="J3" s="76"/>
+      <c r="K3" s="77"/>
+    </row>
+    <row r="4" spans="1:11" s="7" customFormat="1" ht="30" customHeight="1" thickBot="1" x14ac:dyDescent="0.3">
+      <c r="A4" s="83"/>
+      <c r="B4" s="84"/>
+      <c r="C4" s="85"/>
+      <c r="D4" s="79"/>
+      <c r="E4" s="42" t="s">
+        <v>36</v>
+      </c>
+      <c r="F4" s="42" t="s">
+        <v>41</v>
+      </c>
+      <c r="G4" s="42" t="s">
+        <v>37</v>
+      </c>
+      <c r="H4" s="42" t="s">
+        <v>38</v>
+      </c>
+      <c r="I4" s="42" t="s">
+        <v>11</v>
+      </c>
+      <c r="J4" s="42" t="s">
+        <v>39</v>
+      </c>
+      <c r="K4" s="53" t="s">
+        <v>12</v>
+      </c>
+    </row>
+    <row r="5" spans="1:11" s="7" customFormat="1" ht="15.75" thickBot="1" x14ac:dyDescent="0.3">
+      <c r="A5" s="74" t="s">
+        <v>30</v>
+      </c>
+      <c r="B5" s="63" t="s">
         <v>10</v>
       </c>
-      <c r="C5" s="118"/>
-      <c r="D5" s="101">
+      <c r="C5" s="64"/>
+      <c r="D5" s="50">
         <f>SUM(E5:K5)</f>
         <v>576465.40700000001</v>
       </c>
-      <c r="E5" s="101">
+      <c r="E5" s="50">
         <f>SUM(E6:E11)</f>
         <v>1725.355</v>
       </c>
-      <c r="F5" s="101">
+      <c r="F5" s="50">
         <f t="shared" ref="F5:K5" si="0">SUM(F6:F11)</f>
         <v>3.2130000000000001</v>
       </c>
-      <c r="G5" s="101">
+      <c r="G5" s="50">
         <f t="shared" si="0"/>
         <v>2118.4650000000001</v>
       </c>
-      <c r="H5" s="101">
+      <c r="H5" s="50">
         <f t="shared" si="0"/>
         <v>59614.594999999994</v>
       </c>
-      <c r="I5" s="101">
+      <c r="I5" s="50">
         <f t="shared" si="0"/>
         <v>27530.649000000001</v>
       </c>
-      <c r="J5" s="101">
+      <c r="J5" s="50">
         <f t="shared" si="0"/>
         <v>441199.93200000003</v>
       </c>
-      <c r="K5" s="102">
+      <c r="K5" s="51">
         <f t="shared" si="0"/>
         <v>44273.197999999997</v>
       </c>
     </row>
-    <row r="6" spans="1:11" s="32" customFormat="1" x14ac:dyDescent="0.25">
-[...4 lines deleted...]
-      <c r="C6" s="94">
+    <row r="6" spans="1:11" s="7" customFormat="1" x14ac:dyDescent="0.25">
+      <c r="A6" s="75"/>
+      <c r="B6" s="69" t="s">
+        <v>42</v>
+      </c>
+      <c r="C6" s="43">
         <v>2025</v>
       </c>
-      <c r="D6" s="98">
+      <c r="D6" s="47">
         <f t="shared" ref="D6:D25" si="1">SUM(E6:K6)</f>
         <v>511965.95</v>
       </c>
-      <c r="E6" s="99">
+      <c r="E6" s="48">
         <v>1437.6010000000001</v>
       </c>
-      <c r="F6" s="99">
+      <c r="F6" s="48">
         <v>3.2130000000000001</v>
       </c>
-      <c r="G6" s="100">
+      <c r="G6" s="49">
         <v>1909.674</v>
       </c>
-      <c r="H6" s="100">
+      <c r="H6" s="49">
         <v>22825.366999999998</v>
       </c>
-      <c r="I6" s="100">
+      <c r="I6" s="49">
         <v>25806.934000000001</v>
       </c>
-      <c r="J6" s="100">
+      <c r="J6" s="49">
         <v>416692.66100000002</v>
       </c>
-      <c r="K6" s="105">
+      <c r="K6" s="54">
         <v>43290.5</v>
       </c>
     </row>
-    <row r="7" spans="1:11" s="32" customFormat="1" x14ac:dyDescent="0.25">
-[...2 lines deleted...]
-      <c r="C7" s="77">
+    <row r="7" spans="1:11" s="7" customFormat="1" x14ac:dyDescent="0.25">
+      <c r="A7" s="75"/>
+      <c r="B7" s="70"/>
+      <c r="C7" s="40">
         <v>2024</v>
       </c>
-      <c r="D7" s="78">
+      <c r="D7" s="29">
         <f t="shared" si="1"/>
         <v>44424.256999999991</v>
       </c>
-      <c r="E7" s="79">
+      <c r="E7" s="30">
         <v>45.350999999999999</v>
       </c>
-      <c r="F7" s="79">
-[...2 lines deleted...]
-      <c r="G7" s="80">
+      <c r="F7" s="30">
+        <v>0</v>
+      </c>
+      <c r="G7" s="31">
         <v>118.25700000000001</v>
       </c>
-      <c r="H7" s="80">
+      <c r="H7" s="31">
         <v>34664.017999999996</v>
       </c>
-      <c r="I7" s="80">
+      <c r="I7" s="31">
         <v>149.17400000000001</v>
       </c>
-      <c r="J7" s="80">
+      <c r="J7" s="31">
         <v>9300.9369999999999</v>
       </c>
-      <c r="K7" s="106">
+      <c r="K7" s="55">
         <v>146.52000000000001</v>
       </c>
     </row>
-    <row r="8" spans="1:11" s="32" customFormat="1" x14ac:dyDescent="0.25">
-[...2 lines deleted...]
-      <c r="C8" s="77">
+    <row r="8" spans="1:11" s="7" customFormat="1" x14ac:dyDescent="0.25">
+      <c r="A8" s="75"/>
+      <c r="B8" s="70"/>
+      <c r="C8" s="40">
         <v>2023</v>
       </c>
-      <c r="D8" s="78">
+      <c r="D8" s="29">
         <f t="shared" si="1"/>
         <v>8176.9279999999999</v>
       </c>
-      <c r="E8" s="79">
+      <c r="E8" s="30">
         <v>12.648999999999999</v>
       </c>
-      <c r="F8" s="79">
-[...2 lines deleted...]
-      <c r="G8" s="80">
+      <c r="F8" s="30">
+        <v>0</v>
+      </c>
+      <c r="G8" s="31">
         <v>90.534000000000006</v>
       </c>
-      <c r="H8" s="80">
+      <c r="H8" s="31">
         <v>1517.3219999999999</v>
       </c>
-      <c r="I8" s="80">
-[...2 lines deleted...]
-      <c r="J8" s="80">
+      <c r="I8" s="31">
+        <v>0</v>
+      </c>
+      <c r="J8" s="31">
         <v>6518.607</v>
       </c>
-      <c r="K8" s="106">
+      <c r="K8" s="55">
         <v>37.816000000000003</v>
       </c>
     </row>
-    <row r="9" spans="1:11" s="32" customFormat="1" x14ac:dyDescent="0.25">
-[...2 lines deleted...]
-      <c r="C9" s="77">
+    <row r="9" spans="1:11" s="7" customFormat="1" x14ac:dyDescent="0.25">
+      <c r="A9" s="75"/>
+      <c r="B9" s="70"/>
+      <c r="C9" s="40">
         <v>2022</v>
       </c>
-      <c r="D9" s="78">
+      <c r="D9" s="29">
         <f t="shared" si="1"/>
         <v>5663.9400000000005</v>
       </c>
-      <c r="E9" s="79">
+      <c r="E9" s="30">
         <v>69.203000000000003</v>
       </c>
-      <c r="F9" s="79">
-[...5 lines deleted...]
-      <c r="H9" s="80">
+      <c r="F9" s="30">
+        <v>0</v>
+      </c>
+      <c r="G9" s="31">
+        <v>0</v>
+      </c>
+      <c r="H9" s="31">
         <v>266.23700000000002</v>
       </c>
-      <c r="I9" s="80">
+      <c r="I9" s="31">
         <v>1017.182</v>
       </c>
-      <c r="J9" s="80">
+      <c r="J9" s="31">
         <v>3716.9070000000002</v>
       </c>
-      <c r="K9" s="106">
+      <c r="K9" s="55">
         <v>594.41099999999994</v>
       </c>
     </row>
-    <row r="10" spans="1:11" s="32" customFormat="1" x14ac:dyDescent="0.25">
-[...2 lines deleted...]
-      <c r="C10" s="77">
+    <row r="10" spans="1:11" s="7" customFormat="1" x14ac:dyDescent="0.25">
+      <c r="A10" s="75"/>
+      <c r="B10" s="70"/>
+      <c r="C10" s="40">
         <v>2021</v>
       </c>
-      <c r="D10" s="78">
+      <c r="D10" s="29">
         <f t="shared" si="1"/>
         <v>4179.4989999999998</v>
       </c>
-      <c r="E10" s="79">
+      <c r="E10" s="30">
         <v>160.55099999999999</v>
       </c>
-      <c r="F10" s="79">
-[...5 lines deleted...]
-      <c r="H10" s="80">
+      <c r="F10" s="30">
+        <v>0</v>
+      </c>
+      <c r="G10" s="31">
+        <v>0</v>
+      </c>
+      <c r="H10" s="31">
         <v>341.65100000000001</v>
       </c>
-      <c r="I10" s="80">
+      <c r="I10" s="31">
         <v>557.35900000000004</v>
       </c>
-      <c r="J10" s="80">
+      <c r="J10" s="31">
         <v>2915.9870000000001</v>
       </c>
-      <c r="K10" s="106">
+      <c r="K10" s="55">
         <v>203.95099999999999</v>
       </c>
     </row>
-    <row r="11" spans="1:11" s="32" customFormat="1" ht="15.75" thickBot="1" x14ac:dyDescent="0.3">
-[...2 lines deleted...]
-      <c r="C11" s="77">
+    <row r="11" spans="1:11" s="7" customFormat="1" ht="15.75" thickBot="1" x14ac:dyDescent="0.3">
+      <c r="A11" s="75"/>
+      <c r="B11" s="70"/>
+      <c r="C11" s="40">
         <v>2020</v>
       </c>
-      <c r="D11" s="78">
+      <c r="D11" s="29">
         <f t="shared" si="1"/>
         <v>2054.8330000000001</v>
       </c>
-      <c r="E11" s="79">
-[...14 lines deleted...]
-      <c r="J11" s="80">
+      <c r="E11" s="30">
+        <v>0</v>
+      </c>
+      <c r="F11" s="30">
+        <v>0</v>
+      </c>
+      <c r="G11" s="31">
+        <v>0</v>
+      </c>
+      <c r="H11" s="31">
+        <v>0</v>
+      </c>
+      <c r="I11" s="31">
+        <v>0</v>
+      </c>
+      <c r="J11" s="31">
         <v>2054.8330000000001</v>
       </c>
-      <c r="K11" s="106">
-[...7 lines deleted...]
-      <c r="B12" s="117" t="s">
+      <c r="K11" s="55">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="12" spans="1:11" s="7" customFormat="1" ht="15.75" thickBot="1" x14ac:dyDescent="0.3">
+      <c r="A12" s="65" t="s">
+        <v>29</v>
+      </c>
+      <c r="B12" s="63" t="s">
         <v>10</v>
       </c>
-      <c r="C12" s="118"/>
-      <c r="D12" s="101">
+      <c r="C12" s="64"/>
+      <c r="D12" s="50">
         <f>SUM(E12:K12)</f>
         <v>583635.65500000003</v>
       </c>
-      <c r="E12" s="101">
+      <c r="E12" s="50">
         <f>SUM(E13:E18)</f>
         <v>1750.3889999999997</v>
       </c>
-      <c r="F12" s="101">
+      <c r="F12" s="50">
         <f t="shared" ref="F12" si="2">SUM(F13:F18)</f>
         <v>0</v>
       </c>
-      <c r="G12" s="101">
+      <c r="G12" s="50">
         <f t="shared" ref="G12" si="3">SUM(G13:G18)</f>
         <v>2289.413</v>
       </c>
-      <c r="H12" s="101">
+      <c r="H12" s="50">
         <f t="shared" ref="H12" si="4">SUM(H13:H18)</f>
         <v>61668.238999999994</v>
       </c>
-      <c r="I12" s="101">
+      <c r="I12" s="50">
         <f t="shared" ref="I12" si="5">SUM(I13:I18)</f>
         <v>28945.104999999996</v>
       </c>
-      <c r="J12" s="101">
+      <c r="J12" s="50">
         <f t="shared" ref="J12" si="6">SUM(J13:J18)</f>
         <v>453099.89</v>
       </c>
-      <c r="K12" s="102">
+      <c r="K12" s="51">
         <f t="shared" ref="K12" si="7">SUM(K13:K18)</f>
         <v>35882.619000000006</v>
       </c>
     </row>
-    <row r="13" spans="1:11" s="32" customFormat="1" x14ac:dyDescent="0.25">
-[...4 lines deleted...]
-      <c r="C13" s="94">
+    <row r="13" spans="1:11" s="7" customFormat="1" x14ac:dyDescent="0.25">
+      <c r="A13" s="66"/>
+      <c r="B13" s="69" t="s">
+        <v>42</v>
+      </c>
+      <c r="C13" s="43">
         <v>2025</v>
       </c>
-      <c r="D13" s="78">
+      <c r="D13" s="29">
         <f t="shared" si="1"/>
         <v>513814.46100000001</v>
       </c>
-      <c r="E13" s="79">
+      <c r="E13" s="30">
         <v>1462.635</v>
       </c>
-      <c r="F13" s="82">
-[...2 lines deleted...]
-      <c r="G13" s="80">
+      <c r="F13" s="33">
+        <v>0</v>
+      </c>
+      <c r="G13" s="31">
         <v>2080.6219999999998</v>
       </c>
-      <c r="H13" s="80">
+      <c r="H13" s="31">
         <v>24817.958999999999</v>
       </c>
-      <c r="I13" s="80">
+      <c r="I13" s="31">
         <v>27221.383999999998</v>
       </c>
-      <c r="J13" s="80">
+      <c r="J13" s="31">
         <v>423421.51500000001</v>
       </c>
-      <c r="K13" s="106">
+      <c r="K13" s="55">
         <v>34810.346000000005</v>
       </c>
     </row>
-    <row r="14" spans="1:11" s="32" customFormat="1" x14ac:dyDescent="0.25">
-[...2 lines deleted...]
-      <c r="C14" s="77">
+    <row r="14" spans="1:11" s="7" customFormat="1" x14ac:dyDescent="0.25">
+      <c r="A14" s="66"/>
+      <c r="B14" s="70"/>
+      <c r="C14" s="40">
         <v>2024</v>
       </c>
-      <c r="D14" s="78">
+      <c r="D14" s="29">
         <f t="shared" si="1"/>
         <v>48370.49</v>
       </c>
-      <c r="E14" s="79">
+      <c r="E14" s="30">
         <v>45.350999999999999</v>
       </c>
-      <c r="F14" s="82">
-[...2 lines deleted...]
-      <c r="G14" s="80">
+      <c r="F14" s="33">
+        <v>0</v>
+      </c>
+      <c r="G14" s="31">
         <v>118.25700000000001</v>
       </c>
-      <c r="H14" s="80">
+      <c r="H14" s="31">
         <v>34725.07</v>
       </c>
-      <c r="I14" s="80">
+      <c r="I14" s="31">
         <v>149.17400000000001</v>
       </c>
-      <c r="J14" s="80">
+      <c r="J14" s="31">
         <v>13096.543</v>
       </c>
-      <c r="K14" s="106">
+      <c r="K14" s="55">
         <v>236.095</v>
       </c>
     </row>
-    <row r="15" spans="1:11" s="32" customFormat="1" x14ac:dyDescent="0.25">
-[...2 lines deleted...]
-      <c r="C15" s="77">
+    <row r="15" spans="1:11" s="7" customFormat="1" x14ac:dyDescent="0.25">
+      <c r="A15" s="66"/>
+      <c r="B15" s="70"/>
+      <c r="C15" s="40">
         <v>2023</v>
       </c>
-      <c r="D15" s="78">
+      <c r="D15" s="29">
         <f t="shared" si="1"/>
         <v>8850.9830000000002</v>
       </c>
-      <c r="E15" s="79">
+      <c r="E15" s="30">
         <v>12.648999999999999</v>
       </c>
-      <c r="F15" s="82">
-[...2 lines deleted...]
-      <c r="G15" s="80">
+      <c r="F15" s="33">
+        <v>0</v>
+      </c>
+      <c r="G15" s="31">
         <v>90.534000000000006</v>
       </c>
-      <c r="H15" s="80">
+      <c r="H15" s="31">
         <v>1517.3219999999999</v>
       </c>
-      <c r="I15" s="81">
-[...2 lines deleted...]
-      <c r="J15" s="80">
+      <c r="I15" s="32">
+        <v>0</v>
+      </c>
+      <c r="J15" s="31">
         <v>7192.6620000000003</v>
       </c>
-      <c r="K15" s="106">
+      <c r="K15" s="55">
         <v>37.816000000000003</v>
       </c>
     </row>
-    <row r="16" spans="1:11" s="32" customFormat="1" x14ac:dyDescent="0.25">
-[...2 lines deleted...]
-      <c r="C16" s="77">
+    <row r="16" spans="1:11" s="7" customFormat="1" x14ac:dyDescent="0.25">
+      <c r="A16" s="66"/>
+      <c r="B16" s="70"/>
+      <c r="C16" s="40">
         <v>2022</v>
       </c>
-      <c r="D16" s="78">
+      <c r="D16" s="29">
         <f t="shared" si="1"/>
         <v>6039.9809999999998</v>
       </c>
-      <c r="E16" s="79">
+      <c r="E16" s="30">
         <v>69.203000000000003</v>
       </c>
-      <c r="F16" s="82">
-[...5 lines deleted...]
-      <c r="H16" s="80">
+      <c r="F16" s="33">
+        <v>0</v>
+      </c>
+      <c r="G16" s="32">
+        <v>0</v>
+      </c>
+      <c r="H16" s="31">
         <v>266.23700000000002</v>
       </c>
-      <c r="I16" s="80">
+      <c r="I16" s="31">
         <v>1017.188</v>
       </c>
-      <c r="J16" s="80">
+      <c r="J16" s="31">
         <v>4092.942</v>
       </c>
-      <c r="K16" s="106">
+      <c r="K16" s="55">
         <v>594.41099999999994</v>
       </c>
     </row>
-    <row r="17" spans="1:11" s="32" customFormat="1" x14ac:dyDescent="0.25">
-[...2 lines deleted...]
-      <c r="C17" s="77">
+    <row r="17" spans="1:11" s="7" customFormat="1" x14ac:dyDescent="0.25">
+      <c r="A17" s="66"/>
+      <c r="B17" s="70"/>
+      <c r="C17" s="40">
         <v>2021</v>
       </c>
-      <c r="D17" s="78">
+      <c r="D17" s="29">
         <f t="shared" si="1"/>
         <v>4361.4780000000001</v>
       </c>
-      <c r="E17" s="79">
+      <c r="E17" s="30">
         <v>160.55099999999999</v>
       </c>
-      <c r="F17" s="82">
-[...5 lines deleted...]
-      <c r="H17" s="80">
+      <c r="F17" s="33">
+        <v>0</v>
+      </c>
+      <c r="G17" s="32">
+        <v>0</v>
+      </c>
+      <c r="H17" s="31">
         <v>341.65100000000001</v>
       </c>
-      <c r="I17" s="80">
+      <c r="I17" s="31">
         <v>557.35900000000004</v>
       </c>
-      <c r="J17" s="80">
+      <c r="J17" s="31">
         <v>3097.9659999999999</v>
       </c>
-      <c r="K17" s="106">
+      <c r="K17" s="55">
         <v>203.95099999999999</v>
       </c>
     </row>
-    <row r="18" spans="1:11" s="32" customFormat="1" ht="15.75" thickBot="1" x14ac:dyDescent="0.3">
-[...2 lines deleted...]
-      <c r="C18" s="77">
+    <row r="18" spans="1:11" s="7" customFormat="1" ht="15.75" thickBot="1" x14ac:dyDescent="0.3">
+      <c r="A18" s="66"/>
+      <c r="B18" s="70"/>
+      <c r="C18" s="40">
         <v>2020</v>
       </c>
-      <c r="D18" s="78">
+      <c r="D18" s="29">
         <f t="shared" si="1"/>
         <v>2198.2620000000002</v>
       </c>
-      <c r="E18" s="82">
-[...14 lines deleted...]
-      <c r="J18" s="80">
+      <c r="E18" s="33">
+        <v>0</v>
+      </c>
+      <c r="F18" s="33">
+        <v>0</v>
+      </c>
+      <c r="G18" s="32">
+        <v>0</v>
+      </c>
+      <c r="H18" s="32">
+        <v>0</v>
+      </c>
+      <c r="I18" s="32">
+        <v>0</v>
+      </c>
+      <c r="J18" s="31">
         <v>2198.2620000000002</v>
       </c>
-      <c r="K18" s="107">
-[...7 lines deleted...]
-      <c r="B19" s="117" t="s">
+      <c r="K18" s="56">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="19" spans="1:11" s="7" customFormat="1" ht="15.75" thickBot="1" x14ac:dyDescent="0.3">
+      <c r="A19" s="65" t="s">
+        <v>28</v>
+      </c>
+      <c r="B19" s="63" t="s">
         <v>10</v>
       </c>
-      <c r="C19" s="118"/>
-      <c r="D19" s="101">
+      <c r="C19" s="64"/>
+      <c r="D19" s="50">
         <f>SUM(E19:K19)</f>
         <v>673396.94799999997</v>
       </c>
-      <c r="E19" s="101">
+      <c r="E19" s="50">
         <f>SUM(E20:E25)</f>
         <v>2173.0479999999998</v>
       </c>
-      <c r="F19" s="101">
+      <c r="F19" s="50">
         <f t="shared" ref="F19" si="8">SUM(F20:F25)</f>
         <v>0</v>
       </c>
-      <c r="G19" s="101">
+      <c r="G19" s="50">
         <f t="shared" ref="G19" si="9">SUM(G20:G25)</f>
         <v>2583.2120000000004</v>
       </c>
-      <c r="H19" s="101">
+      <c r="H19" s="50">
         <f t="shared" ref="H19" si="10">SUM(H20:H25)</f>
         <v>61410.35</v>
       </c>
-      <c r="I19" s="101">
+      <c r="I19" s="50">
         <f t="shared" ref="I19" si="11">SUM(I20:I25)</f>
         <v>55432.378999999994</v>
       </c>
-      <c r="J19" s="101">
+      <c r="J19" s="50">
         <f t="shared" ref="J19" si="12">SUM(J20:J25)</f>
         <v>506376.01299999998</v>
       </c>
-      <c r="K19" s="102">
+      <c r="K19" s="51">
         <f t="shared" ref="K19" si="13">SUM(K20:K25)</f>
         <v>45421.946000000004</v>
       </c>
     </row>
-    <row r="20" spans="1:11" s="32" customFormat="1" x14ac:dyDescent="0.25">
-[...4 lines deleted...]
-      <c r="C20" s="94">
+    <row r="20" spans="1:11" s="7" customFormat="1" x14ac:dyDescent="0.25">
+      <c r="A20" s="66"/>
+      <c r="B20" s="69" t="s">
+        <v>42</v>
+      </c>
+      <c r="C20" s="43">
         <v>2025</v>
       </c>
-      <c r="D20" s="78">
+      <c r="D20" s="29">
         <f t="shared" si="1"/>
         <v>586736.38699999999</v>
       </c>
-      <c r="E20" s="79">
+      <c r="E20" s="30">
         <v>1870.395</v>
       </c>
-      <c r="F20" s="82">
-[...2 lines deleted...]
-      <c r="G20" s="80">
+      <c r="F20" s="33">
+        <v>0</v>
+      </c>
+      <c r="G20" s="31">
         <v>2372.6840000000002</v>
       </c>
-      <c r="H20" s="80">
+      <c r="H20" s="31">
         <v>24323.762000000002</v>
       </c>
-      <c r="I20" s="80">
+      <c r="I20" s="31">
         <v>54694.173999999999</v>
       </c>
-      <c r="J20" s="80">
+      <c r="J20" s="31">
         <v>460010.19699999999</v>
       </c>
-      <c r="K20" s="106">
+      <c r="K20" s="55">
         <v>43465.175000000003</v>
       </c>
     </row>
-    <row r="21" spans="1:11" s="32" customFormat="1" x14ac:dyDescent="0.25">
-[...2 lines deleted...]
-      <c r="C21" s="77">
+    <row r="21" spans="1:11" s="7" customFormat="1" x14ac:dyDescent="0.25">
+      <c r="A21" s="66"/>
+      <c r="B21" s="70"/>
+      <c r="C21" s="40">
         <v>2024</v>
       </c>
-      <c r="D21" s="78">
+      <c r="D21" s="29">
         <f t="shared" si="1"/>
         <v>64840.944999999992</v>
       </c>
-      <c r="E21" s="79">
+      <c r="E21" s="30">
         <v>60.25</v>
       </c>
-      <c r="F21" s="82">
-[...2 lines deleted...]
-      <c r="G21" s="80">
+      <c r="F21" s="33">
+        <v>0</v>
+      </c>
+      <c r="G21" s="31">
         <v>119.994</v>
       </c>
-      <c r="H21" s="80">
+      <c r="H21" s="31">
         <v>34961.377999999997</v>
       </c>
-      <c r="I21" s="80">
+      <c r="I21" s="31">
         <v>180.846</v>
       </c>
-      <c r="J21" s="80">
+      <c r="J21" s="31">
         <v>28404.93</v>
       </c>
-      <c r="K21" s="106">
+      <c r="K21" s="55">
         <v>1113.547</v>
       </c>
     </row>
-    <row r="22" spans="1:11" s="32" customFormat="1" x14ac:dyDescent="0.25">
-[...2 lines deleted...]
-      <c r="C22" s="77">
+    <row r="22" spans="1:11" s="7" customFormat="1" x14ac:dyDescent="0.25">
+      <c r="A22" s="66"/>
+      <c r="B22" s="70"/>
+      <c r="C22" s="40">
         <v>2023</v>
       </c>
-      <c r="D22" s="78">
+      <c r="D22" s="29">
         <f t="shared" si="1"/>
         <v>9633.3080000000009</v>
       </c>
-      <c r="E22" s="79">
+      <c r="E22" s="30">
         <v>12.648999999999999</v>
       </c>
-      <c r="F22" s="82">
-[...2 lines deleted...]
-      <c r="G22" s="80">
+      <c r="F22" s="33">
+        <v>0</v>
+      </c>
+      <c r="G22" s="31">
         <v>90.534000000000006</v>
       </c>
-      <c r="H22" s="80">
+      <c r="H22" s="31">
         <v>1517.3219999999999</v>
       </c>
-      <c r="I22" s="81">
-[...2 lines deleted...]
-      <c r="J22" s="80">
+      <c r="I22" s="32">
+        <v>0</v>
+      </c>
+      <c r="J22" s="31">
         <v>7974.9870000000001</v>
       </c>
-      <c r="K22" s="106">
+      <c r="K22" s="55">
         <v>37.816000000000003</v>
       </c>
     </row>
-    <row r="23" spans="1:11" s="32" customFormat="1" x14ac:dyDescent="0.25">
-[...2 lines deleted...]
-      <c r="C23" s="77">
+    <row r="23" spans="1:11" s="7" customFormat="1" x14ac:dyDescent="0.25">
+      <c r="A23" s="66"/>
+      <c r="B23" s="70"/>
+      <c r="C23" s="40">
         <v>2022</v>
       </c>
-      <c r="D23" s="78">
+      <c r="D23" s="29">
         <f t="shared" si="1"/>
         <v>5374.9610000000011</v>
       </c>
-      <c r="E23" s="79">
+      <c r="E23" s="30">
         <v>69.203000000000003</v>
       </c>
-      <c r="F23" s="82">
-[...5 lines deleted...]
-      <c r="H23" s="80">
+      <c r="F23" s="33">
+        <v>0</v>
+      </c>
+      <c r="G23" s="32">
+        <v>0</v>
+      </c>
+      <c r="H23" s="31">
         <v>266.23700000000002</v>
       </c>
-      <c r="I23" s="81">
-[...2 lines deleted...]
-      <c r="J23" s="80">
+      <c r="I23" s="32">
+        <v>0</v>
+      </c>
+      <c r="J23" s="31">
         <v>4438.0640000000003</v>
       </c>
-      <c r="K23" s="106">
+      <c r="K23" s="55">
         <v>601.45699999999999</v>
       </c>
     </row>
-    <row r="24" spans="1:11" s="32" customFormat="1" x14ac:dyDescent="0.25">
-[...2 lines deleted...]
-      <c r="C24" s="77">
+    <row r="24" spans="1:11" s="7" customFormat="1" x14ac:dyDescent="0.25">
+      <c r="A24" s="66"/>
+      <c r="B24" s="70"/>
+      <c r="C24" s="40">
         <v>2021</v>
       </c>
-      <c r="D24" s="78">
+      <c r="D24" s="29">
         <f t="shared" si="1"/>
         <v>4540.6060000000007</v>
       </c>
-      <c r="E24" s="79">
+      <c r="E24" s="30">
         <v>160.55099999999999</v>
       </c>
-      <c r="F24" s="82">
-[...5 lines deleted...]
-      <c r="H24" s="80">
+      <c r="F24" s="33">
+        <v>0</v>
+      </c>
+      <c r="G24" s="32">
+        <v>0</v>
+      </c>
+      <c r="H24" s="31">
         <v>341.65100000000001</v>
       </c>
-      <c r="I24" s="80">
+      <c r="I24" s="31">
         <v>557.35900000000004</v>
       </c>
-      <c r="J24" s="80">
+      <c r="J24" s="31">
         <v>3277.0940000000001</v>
       </c>
-      <c r="K24" s="106">
+      <c r="K24" s="55">
         <v>203.95099999999999</v>
       </c>
     </row>
-    <row r="25" spans="1:11" s="32" customFormat="1" ht="15.75" thickBot="1" x14ac:dyDescent="0.3">
-[...2 lines deleted...]
-      <c r="C25" s="77">
+    <row r="25" spans="1:11" s="7" customFormat="1" ht="15.75" thickBot="1" x14ac:dyDescent="0.3">
+      <c r="A25" s="66"/>
+      <c r="B25" s="70"/>
+      <c r="C25" s="40">
         <v>2020</v>
       </c>
-      <c r="D25" s="78">
+      <c r="D25" s="29">
         <f t="shared" si="1"/>
         <v>2270.741</v>
       </c>
-      <c r="E25" s="82">
-[...14 lines deleted...]
-      <c r="J25" s="80">
+      <c r="E25" s="33">
+        <v>0</v>
+      </c>
+      <c r="F25" s="33">
+        <v>0</v>
+      </c>
+      <c r="G25" s="32">
+        <v>0</v>
+      </c>
+      <c r="H25" s="32">
+        <v>0</v>
+      </c>
+      <c r="I25" s="32">
+        <v>0</v>
+      </c>
+      <c r="J25" s="31">
         <v>2270.741</v>
       </c>
-      <c r="K25" s="107">
-[...7 lines deleted...]
-      <c r="B26" s="117" t="s">
+      <c r="K25" s="56">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="26" spans="1:11" s="7" customFormat="1" ht="15.75" thickBot="1" x14ac:dyDescent="0.3">
+      <c r="A26" s="65" t="s">
+        <v>27</v>
+      </c>
+      <c r="B26" s="63" t="s">
         <v>10</v>
       </c>
-      <c r="C26" s="118"/>
-      <c r="D26" s="101">
+      <c r="C26" s="64"/>
+      <c r="D26" s="50">
         <f>SUM(E26:K26)</f>
         <v>627295.80099999986</v>
       </c>
-      <c r="E26" s="101">
+      <c r="E26" s="50">
         <f>SUM(E27:E31)</f>
         <v>3169.4139999999998</v>
       </c>
-      <c r="F26" s="101">
+      <c r="F26" s="50">
         <f t="shared" ref="F26:K26" si="14">SUM(F27:F31)</f>
         <v>0</v>
       </c>
-      <c r="G26" s="101">
+      <c r="G26" s="50">
         <f t="shared" si="14"/>
         <v>2746.2740000000003</v>
       </c>
-      <c r="H26" s="101">
+      <c r="H26" s="50">
         <f t="shared" si="14"/>
         <v>56211.420000000006</v>
       </c>
-      <c r="I26" s="101">
+      <c r="I26" s="50">
         <f t="shared" si="14"/>
         <v>8245.8259999999991</v>
       </c>
-      <c r="J26" s="101">
+      <c r="J26" s="50">
         <f t="shared" si="14"/>
         <v>511613.82399999996</v>
       </c>
-      <c r="K26" s="102">
+      <c r="K26" s="51">
         <f t="shared" si="14"/>
         <v>45309.042999999998</v>
       </c>
     </row>
-    <row r="27" spans="1:11" s="32" customFormat="1" x14ac:dyDescent="0.25">
-[...4 lines deleted...]
-      <c r="C27" s="94">
+    <row r="27" spans="1:11" s="7" customFormat="1" x14ac:dyDescent="0.25">
+      <c r="A27" s="66"/>
+      <c r="B27" s="69" t="s">
+        <v>42</v>
+      </c>
+      <c r="C27" s="43">
         <v>2024</v>
       </c>
-      <c r="D27" s="78">
+      <c r="D27" s="29">
         <f>SUM(E27,G27:H27,I27:K27)</f>
         <v>601825.20499999996</v>
       </c>
-      <c r="E27" s="79">
+      <c r="E27" s="30">
         <v>2028.752</v>
       </c>
-      <c r="F27" s="82">
-[...2 lines deleted...]
-      <c r="G27" s="80">
+      <c r="F27" s="33">
+        <v>0</v>
+      </c>
+      <c r="G27" s="31">
         <v>2655.7400000000002</v>
       </c>
-      <c r="H27" s="80">
+      <c r="H27" s="31">
         <v>54086.210000000006</v>
       </c>
-      <c r="I27" s="80">
+      <c r="I27" s="31">
         <v>6671.2849999999999</v>
       </c>
-      <c r="J27" s="80">
+      <c r="J27" s="31">
         <v>491917.39899999998</v>
       </c>
-      <c r="K27" s="106">
+      <c r="K27" s="55">
         <v>44465.818999999996</v>
       </c>
     </row>
-    <row r="28" spans="1:11" s="32" customFormat="1" x14ac:dyDescent="0.25">
-[...2 lines deleted...]
-      <c r="C28" s="77">
+    <row r="28" spans="1:11" s="7" customFormat="1" x14ac:dyDescent="0.25">
+      <c r="A28" s="66"/>
+      <c r="B28" s="70"/>
+      <c r="C28" s="40">
         <v>2023</v>
       </c>
-      <c r="D28" s="78">
+      <c r="D28" s="29">
         <f>SUM(E28,G28:H28,I28:K28)</f>
         <v>10648.880999999999</v>
       </c>
-      <c r="E28" s="79">
+      <c r="E28" s="30">
         <v>12.648999999999999</v>
       </c>
-      <c r="F28" s="82">
-[...2 lines deleted...]
-      <c r="G28" s="80">
+      <c r="F28" s="33">
+        <v>0</v>
+      </c>
+      <c r="G28" s="31">
         <v>90.534000000000006</v>
       </c>
-      <c r="H28" s="80">
+      <c r="H28" s="31">
         <v>1517.3219999999999</v>
       </c>
-      <c r="I28" s="81">
-[...2 lines deleted...]
-      <c r="J28" s="80">
+      <c r="I28" s="32">
+        <v>0</v>
+      </c>
+      <c r="J28" s="31">
         <v>8990.56</v>
       </c>
-      <c r="K28" s="106">
+      <c r="K28" s="55">
         <v>37.816000000000003</v>
       </c>
     </row>
-    <row r="29" spans="1:11" s="32" customFormat="1" x14ac:dyDescent="0.25">
-[...2 lines deleted...]
-      <c r="C29" s="77">
+    <row r="29" spans="1:11" s="7" customFormat="1" x14ac:dyDescent="0.25">
+      <c r="A29" s="66"/>
+      <c r="B29" s="70"/>
+      <c r="C29" s="40">
         <v>2022</v>
       </c>
-      <c r="D29" s="78">
+      <c r="D29" s="29">
         <f>SUM(E29,G29:H29,I29:K29)</f>
         <v>6793.0960000000005</v>
       </c>
-      <c r="E29" s="79">
+      <c r="E29" s="30">
         <v>69.203000000000003</v>
       </c>
-      <c r="F29" s="82">
-[...5 lines deleted...]
-      <c r="H29" s="80">
+      <c r="F29" s="33">
+        <v>0</v>
+      </c>
+      <c r="G29" s="32">
+        <v>0</v>
+      </c>
+      <c r="H29" s="31">
         <v>266.23700000000002</v>
       </c>
-      <c r="I29" s="80">
+      <c r="I29" s="31">
         <v>1017.182</v>
       </c>
-      <c r="J29" s="80">
+      <c r="J29" s="31">
         <v>4839.0169999999998</v>
       </c>
-      <c r="K29" s="106">
+      <c r="K29" s="55">
         <v>601.45699999999999</v>
       </c>
     </row>
-    <row r="30" spans="1:11" s="32" customFormat="1" x14ac:dyDescent="0.25">
-[...2 lines deleted...]
-      <c r="C30" s="77">
+    <row r="30" spans="1:11" s="7" customFormat="1" x14ac:dyDescent="0.25">
+      <c r="A30" s="66"/>
+      <c r="B30" s="70"/>
+      <c r="C30" s="40">
         <v>2021</v>
       </c>
-      <c r="D30" s="78">
+      <c r="D30" s="29">
         <f>SUM(E30,G30:H30,I30:K30)</f>
         <v>5654.7340000000004</v>
       </c>
-      <c r="E30" s="79">
+      <c r="E30" s="30">
         <v>1058.81</v>
       </c>
-      <c r="F30" s="82">
-[...5 lines deleted...]
-      <c r="H30" s="80">
+      <c r="F30" s="33">
+        <v>0</v>
+      </c>
+      <c r="G30" s="32">
+        <v>0</v>
+      </c>
+      <c r="H30" s="31">
         <v>341.65100000000001</v>
       </c>
-      <c r="I30" s="80">
+      <c r="I30" s="31">
         <v>557.35900000000004</v>
       </c>
-      <c r="J30" s="80">
+      <c r="J30" s="31">
         <v>3492.9630000000002</v>
       </c>
-      <c r="K30" s="106">
+      <c r="K30" s="55">
         <v>203.95099999999999</v>
       </c>
     </row>
-    <row r="31" spans="1:11" s="32" customFormat="1" ht="15.75" thickBot="1" x14ac:dyDescent="0.3">
-[...2 lines deleted...]
-      <c r="C31" s="77">
+    <row r="31" spans="1:11" s="7" customFormat="1" ht="15.75" thickBot="1" x14ac:dyDescent="0.3">
+      <c r="A31" s="66"/>
+      <c r="B31" s="70"/>
+      <c r="C31" s="40">
         <v>2020</v>
       </c>
-      <c r="D31" s="78">
+      <c r="D31" s="29">
         <f>SUM(E31,G31:H31,I31:K31)</f>
         <v>2373.8850000000002</v>
       </c>
-      <c r="E31" s="82">
-[...14 lines deleted...]
-      <c r="J31" s="80">
+      <c r="E31" s="33">
+        <v>0</v>
+      </c>
+      <c r="F31" s="33">
+        <v>0</v>
+      </c>
+      <c r="G31" s="33">
+        <v>0</v>
+      </c>
+      <c r="H31" s="33">
+        <v>0</v>
+      </c>
+      <c r="I31" s="33">
+        <v>0</v>
+      </c>
+      <c r="J31" s="31">
         <v>2373.8850000000002</v>
       </c>
-      <c r="K31" s="107">
-[...7 lines deleted...]
-      <c r="B32" s="117" t="s">
+      <c r="K31" s="56">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="32" spans="1:11" s="7" customFormat="1" ht="15.75" thickBot="1" x14ac:dyDescent="0.3">
+      <c r="A32" s="65" t="s">
+        <v>26</v>
+      </c>
+      <c r="B32" s="63" t="s">
         <v>10</v>
       </c>
-      <c r="C32" s="118"/>
-      <c r="D32" s="101">
+      <c r="C32" s="64"/>
+      <c r="D32" s="50">
         <f>SUM(E32:K32)</f>
         <v>554803.20199999993</v>
       </c>
-      <c r="E32" s="101">
+      <c r="E32" s="50">
         <f>SUM(E33:E38)</f>
         <v>2429.9189999999999</v>
       </c>
-      <c r="F32" s="101">
+      <c r="F32" s="50">
         <f t="shared" ref="F32" si="15">SUM(F33:F38)</f>
         <v>0</v>
       </c>
-      <c r="G32" s="101">
+      <c r="G32" s="50">
         <f t="shared" ref="G32" si="16">SUM(G33:G38)</f>
         <v>1581.194</v>
       </c>
-      <c r="H32" s="101">
+      <c r="H32" s="50">
         <f t="shared" ref="H32" si="17">SUM(H33:H38)</f>
         <v>56475.661</v>
       </c>
-      <c r="I32" s="101">
+      <c r="I32" s="50">
         <f t="shared" ref="I32" si="18">SUM(I33:I38)</f>
         <v>25578.275000000001</v>
       </c>
-      <c r="J32" s="101">
+      <c r="J32" s="50">
         <f t="shared" ref="J32" si="19">SUM(J33:J38)</f>
         <v>436006.26799999992</v>
       </c>
-      <c r="K32" s="102">
+      <c r="K32" s="51">
         <f t="shared" ref="K32" si="20">SUM(K33:K38)</f>
         <v>32731.885000000002</v>
       </c>
     </row>
-    <row r="33" spans="1:11" s="32" customFormat="1" x14ac:dyDescent="0.25">
-[...4 lines deleted...]
-      <c r="C33" s="94">
+    <row r="33" spans="1:11" s="7" customFormat="1" x14ac:dyDescent="0.25">
+      <c r="A33" s="66"/>
+      <c r="B33" s="69" t="s">
+        <v>42</v>
+      </c>
+      <c r="C33" s="43">
         <v>2024</v>
       </c>
-      <c r="D33" s="78">
+      <c r="D33" s="29">
         <f t="shared" ref="D33:D38" si="21">SUM(E33,G33:H33,I33:K33)</f>
         <v>524430.49</v>
       </c>
-      <c r="E33" s="79">
+      <c r="E33" s="30">
         <v>1289.2570000000001</v>
       </c>
-      <c r="F33" s="82">
-[...2 lines deleted...]
-      <c r="G33" s="80">
+      <c r="F33" s="33">
+        <v>0</v>
+      </c>
+      <c r="G33" s="31">
         <v>1490.6599999999999</v>
       </c>
-      <c r="H33" s="80">
+      <c r="H33" s="31">
         <v>54266.283000000003</v>
       </c>
-      <c r="I33" s="80">
+      <c r="I33" s="31">
         <v>23987.474000000002</v>
       </c>
-      <c r="J33" s="80">
+      <c r="J33" s="31">
         <v>412670.67099999997</v>
       </c>
-      <c r="K33" s="106">
+      <c r="K33" s="55">
         <v>30726.145</v>
       </c>
     </row>
-    <row r="34" spans="1:11" s="32" customFormat="1" x14ac:dyDescent="0.25">
-[...2 lines deleted...]
-      <c r="C34" s="77">
+    <row r="34" spans="1:11" s="7" customFormat="1" x14ac:dyDescent="0.25">
+      <c r="A34" s="66"/>
+      <c r="B34" s="70"/>
+      <c r="C34" s="40">
         <v>2023</v>
       </c>
-      <c r="D34" s="78">
+      <c r="D34" s="29">
         <f t="shared" si="21"/>
         <v>13467.743</v>
       </c>
-      <c r="E34" s="79">
+      <c r="E34" s="30">
         <v>12.648999999999999</v>
       </c>
-      <c r="F34" s="82">
-[...2 lines deleted...]
-      <c r="G34" s="80">
+      <c r="F34" s="33">
+        <v>0</v>
+      </c>
+      <c r="G34" s="31">
         <v>90.534000000000006</v>
       </c>
-      <c r="H34" s="80">
+      <c r="H34" s="31">
         <v>1517.3219999999999</v>
       </c>
-      <c r="I34" s="81">
-[...2 lines deleted...]
-      <c r="J34" s="80">
+      <c r="I34" s="32">
+        <v>0</v>
+      </c>
+      <c r="J34" s="31">
         <v>11796.772000000001</v>
       </c>
-      <c r="K34" s="106">
+      <c r="K34" s="55">
         <v>50.466000000000001</v>
       </c>
     </row>
-    <row r="35" spans="1:11" s="32" customFormat="1" x14ac:dyDescent="0.25">
-[...2 lines deleted...]
-      <c r="C35" s="77">
+    <row r="35" spans="1:11" s="7" customFormat="1" x14ac:dyDescent="0.25">
+      <c r="A35" s="66"/>
+      <c r="B35" s="70"/>
+      <c r="C35" s="40">
         <v>2022</v>
       </c>
-      <c r="D35" s="78">
+      <c r="D35" s="29">
         <f t="shared" si="21"/>
         <v>7441</v>
       </c>
-      <c r="E35" s="79">
+      <c r="E35" s="30">
         <v>69.203000000000003</v>
       </c>
-      <c r="F35" s="82">
-[...5 lines deleted...]
-      <c r="H35" s="80">
+      <c r="F35" s="33">
+        <v>0</v>
+      </c>
+      <c r="G35" s="32">
+        <v>0</v>
+      </c>
+      <c r="H35" s="31">
         <v>350.40499999999997</v>
       </c>
-      <c r="I35" s="80">
+      <c r="I35" s="31">
         <v>1033.442</v>
       </c>
-      <c r="J35" s="80">
+      <c r="J35" s="31">
         <v>5309.2889999999998</v>
       </c>
-      <c r="K35" s="106">
+      <c r="K35" s="55">
         <v>678.66099999999994</v>
       </c>
     </row>
-    <row r="36" spans="1:11" s="32" customFormat="1" x14ac:dyDescent="0.25">
-[...2 lines deleted...]
-      <c r="C36" s="77">
+    <row r="36" spans="1:11" s="7" customFormat="1" x14ac:dyDescent="0.25">
+      <c r="A36" s="66"/>
+      <c r="B36" s="70"/>
+      <c r="C36" s="40">
         <v>2021</v>
       </c>
-      <c r="D36" s="78">
+      <c r="D36" s="29">
         <f t="shared" si="21"/>
         <v>6210.9089999999997</v>
       </c>
-      <c r="E36" s="79">
+      <c r="E36" s="30">
         <v>912.05799999999999</v>
       </c>
-      <c r="F36" s="82">
-[...8 lines deleted...]
-      <c r="I36" s="80">
+      <c r="F36" s="33">
+        <v>0</v>
+      </c>
+      <c r="G36" s="32">
+        <v>0</v>
+      </c>
+      <c r="H36" s="32">
+        <v>0</v>
+      </c>
+      <c r="I36" s="31">
         <v>557.35900000000004</v>
       </c>
-      <c r="J36" s="80">
+      <c r="J36" s="31">
         <v>3750.5619999999999</v>
       </c>
-      <c r="K36" s="106">
+      <c r="K36" s="55">
         <v>990.93</v>
       </c>
     </row>
-    <row r="37" spans="1:11" s="32" customFormat="1" x14ac:dyDescent="0.25">
-[...2 lines deleted...]
-      <c r="C37" s="77">
+    <row r="37" spans="1:11" s="7" customFormat="1" x14ac:dyDescent="0.25">
+      <c r="A37" s="66"/>
+      <c r="B37" s="70"/>
+      <c r="C37" s="40">
         <v>2020</v>
       </c>
-      <c r="D37" s="78">
+      <c r="D37" s="29">
         <f t="shared" si="21"/>
         <v>2711.645</v>
       </c>
-      <c r="E37" s="79">
+      <c r="E37" s="30">
         <v>62.113999999999997</v>
       </c>
-      <c r="F37" s="82">
-[...5 lines deleted...]
-      <c r="H37" s="80">
+      <c r="F37" s="33">
+        <v>0</v>
+      </c>
+      <c r="G37" s="32">
+        <v>0</v>
+      </c>
+      <c r="H37" s="31">
         <v>108.443</v>
       </c>
-      <c r="I37" s="81">
-[...2 lines deleted...]
-      <c r="J37" s="80">
+      <c r="I37" s="32">
+        <v>0</v>
+      </c>
+      <c r="J37" s="31">
         <v>2478.9740000000002</v>
       </c>
-      <c r="K37" s="106">
+      <c r="K37" s="55">
         <v>62.113999999999997</v>
       </c>
     </row>
-    <row r="38" spans="1:11" s="32" customFormat="1" ht="15.75" thickBot="1" x14ac:dyDescent="0.3">
-[...2 lines deleted...]
-      <c r="C38" s="84">
+    <row r="38" spans="1:11" s="7" customFormat="1" ht="15.75" thickBot="1" x14ac:dyDescent="0.3">
+      <c r="A38" s="68"/>
+      <c r="B38" s="72"/>
+      <c r="C38" s="41">
         <v>2019</v>
       </c>
-      <c r="D38" s="86">
+      <c r="D38" s="36">
         <f t="shared" si="21"/>
         <v>541.41499999999996</v>
       </c>
-      <c r="E38" s="87">
+      <c r="E38" s="37">
         <v>84.638000000000005</v>
       </c>
-      <c r="F38" s="88">
-[...5 lines deleted...]
-      <c r="H38" s="85">
+      <c r="F38" s="38">
+        <v>0</v>
+      </c>
+      <c r="G38" s="39">
+        <v>0</v>
+      </c>
+      <c r="H38" s="35">
         <v>233.208</v>
       </c>
-      <c r="I38" s="89">
-[...5 lines deleted...]
-      <c r="K38" s="108">
+      <c r="I38" s="39">
+        <v>0</v>
+      </c>
+      <c r="J38" s="39">
+        <v>0</v>
+      </c>
+      <c r="K38" s="57">
         <v>223.56899999999999</v>
       </c>
     </row>
-    <row r="39" spans="1:11" s="32" customFormat="1" ht="15.75" thickBot="1" x14ac:dyDescent="0.3">
-[...3 lines deleted...]
-      <c r="B39" s="117" t="s">
+    <row r="39" spans="1:11" s="7" customFormat="1" ht="15.75" thickBot="1" x14ac:dyDescent="0.3">
+      <c r="A39" s="65" t="s">
+        <v>25</v>
+      </c>
+      <c r="B39" s="63" t="s">
         <v>10</v>
       </c>
-      <c r="C39" s="118"/>
-      <c r="D39" s="101">
+      <c r="C39" s="64"/>
+      <c r="D39" s="50">
         <f>SUM(E39:K39)</f>
         <v>514003.75299999997</v>
       </c>
-      <c r="E39" s="101">
+      <c r="E39" s="50">
         <f>SUM(E40:E45)</f>
         <v>2191.9409999999998</v>
       </c>
-      <c r="F39" s="101">
+      <c r="F39" s="50">
         <f t="shared" ref="F39" si="22">SUM(F40:F45)</f>
         <v>0</v>
       </c>
-      <c r="G39" s="101">
+      <c r="G39" s="50">
         <f t="shared" ref="G39" si="23">SUM(G40:G45)</f>
         <v>1020.8680000000001</v>
       </c>
-      <c r="H39" s="101">
+      <c r="H39" s="50">
         <f t="shared" ref="H39" si="24">SUM(H40:H45)</f>
         <v>55725.78</v>
       </c>
-      <c r="I39" s="101">
+      <c r="I39" s="50">
         <f t="shared" ref="I39" si="25">SUM(I40:I45)</f>
         <v>19453.741000000002</v>
       </c>
-      <c r="J39" s="101">
+      <c r="J39" s="50">
         <f t="shared" ref="J39" si="26">SUM(J40:J45)</f>
         <v>405632.10699999996</v>
       </c>
-      <c r="K39" s="102">
+      <c r="K39" s="51">
         <f t="shared" ref="K39" si="27">SUM(K40:K45)</f>
         <v>29979.315999999999</v>
       </c>
     </row>
-    <row r="40" spans="1:11" s="32" customFormat="1" x14ac:dyDescent="0.25">
-[...4 lines deleted...]
-      <c r="C40" s="94">
+    <row r="40" spans="1:11" s="7" customFormat="1" x14ac:dyDescent="0.25">
+      <c r="A40" s="66"/>
+      <c r="B40" s="69" t="s">
+        <v>42</v>
+      </c>
+      <c r="C40" s="43">
         <v>2024</v>
       </c>
-      <c r="D40" s="78">
+      <c r="D40" s="29">
         <f t="shared" ref="D40:D45" si="28">SUM(E40,G40:H40,I40:K40)</f>
         <v>473195.58</v>
       </c>
-      <c r="E40" s="79">
+      <c r="E40" s="30">
         <v>1038.482</v>
       </c>
-      <c r="F40" s="82">
-[...2 lines deleted...]
-      <c r="G40" s="80">
+      <c r="F40" s="33">
+        <v>0</v>
+      </c>
+      <c r="G40" s="31">
         <v>897.34400000000005</v>
       </c>
-      <c r="H40" s="80">
+      <c r="H40" s="31">
         <v>53507.021000000001</v>
       </c>
-      <c r="I40" s="80">
+      <c r="I40" s="31">
         <v>17788.261999999999</v>
       </c>
-      <c r="J40" s="80">
+      <c r="J40" s="31">
         <v>376220.446</v>
       </c>
-      <c r="K40" s="106">
+      <c r="K40" s="55">
         <v>23744.024999999998</v>
       </c>
     </row>
-    <row r="41" spans="1:11" s="32" customFormat="1" x14ac:dyDescent="0.25">
-[...2 lines deleted...]
-      <c r="C41" s="77">
+    <row r="41" spans="1:11" s="7" customFormat="1" x14ac:dyDescent="0.25">
+      <c r="A41" s="66"/>
+      <c r="B41" s="70"/>
+      <c r="C41" s="40">
         <v>2023</v>
       </c>
-      <c r="D41" s="78">
+      <c r="D41" s="29">
         <f t="shared" si="28"/>
         <v>20896.957999999999</v>
       </c>
-      <c r="E41" s="79">
+      <c r="E41" s="30">
         <v>12.648999999999999</v>
       </c>
-      <c r="F41" s="82">
-[...2 lines deleted...]
-      <c r="G41" s="80">
+      <c r="F41" s="33">
+        <v>0</v>
+      </c>
+      <c r="G41" s="31">
         <v>123.524</v>
       </c>
-      <c r="H41" s="80">
+      <c r="H41" s="31">
         <v>1523.721</v>
       </c>
-      <c r="I41" s="81">
-[...2 lines deleted...]
-      <c r="J41" s="80">
+      <c r="I41" s="32">
+        <v>0</v>
+      </c>
+      <c r="J41" s="31">
         <v>16825.056</v>
       </c>
-      <c r="K41" s="106">
+      <c r="K41" s="55">
         <v>2412.0079999999998</v>
       </c>
     </row>
-    <row r="42" spans="1:11" s="32" customFormat="1" x14ac:dyDescent="0.25">
-[...2 lines deleted...]
-      <c r="C42" s="77">
+    <row r="42" spans="1:11" s="7" customFormat="1" x14ac:dyDescent="0.25">
+      <c r="A42" s="66"/>
+      <c r="B42" s="70"/>
+      <c r="C42" s="40">
         <v>2022</v>
       </c>
-      <c r="D42" s="78">
+      <c r="D42" s="29">
         <f t="shared" si="28"/>
         <v>9984.4310000000005</v>
       </c>
-      <c r="E42" s="79">
+      <c r="E42" s="30">
         <v>78.284000000000006</v>
       </c>
-      <c r="F42" s="82">
-[...5 lines deleted...]
-      <c r="H42" s="80">
+      <c r="F42" s="33">
+        <v>0</v>
+      </c>
+      <c r="G42" s="32">
+        <v>0</v>
+      </c>
+      <c r="H42" s="31">
         <v>353.387</v>
       </c>
-      <c r="I42" s="80">
+      <c r="I42" s="31">
         <v>1098.615</v>
       </c>
-      <c r="J42" s="80">
+      <c r="J42" s="31">
         <v>5911.1909999999998</v>
       </c>
-      <c r="K42" s="106">
+      <c r="K42" s="55">
         <v>2542.9540000000002</v>
       </c>
     </row>
-    <row r="43" spans="1:11" s="32" customFormat="1" x14ac:dyDescent="0.25">
-[...2 lines deleted...]
-      <c r="C43" s="77">
+    <row r="43" spans="1:11" s="7" customFormat="1" x14ac:dyDescent="0.25">
+      <c r="A43" s="66"/>
+      <c r="B43" s="70"/>
+      <c r="C43" s="40">
         <v>2021</v>
       </c>
-      <c r="D43" s="78">
+      <c r="D43" s="29">
         <f t="shared" si="28"/>
         <v>6521.8939999999993</v>
       </c>
-      <c r="E43" s="79">
+      <c r="E43" s="30">
         <v>915.774</v>
       </c>
-      <c r="F43" s="82">
-[...8 lines deleted...]
-      <c r="I43" s="80">
+      <c r="F43" s="33">
+        <v>0</v>
+      </c>
+      <c r="G43" s="32">
+        <v>0</v>
+      </c>
+      <c r="H43" s="32">
+        <v>0</v>
+      </c>
+      <c r="I43" s="31">
         <v>566.86400000000003</v>
       </c>
-      <c r="J43" s="80">
+      <c r="J43" s="31">
         <v>4044.61</v>
       </c>
-      <c r="K43" s="106">
+      <c r="K43" s="55">
         <v>994.64599999999996</v>
       </c>
     </row>
-    <row r="44" spans="1:11" s="32" customFormat="1" x14ac:dyDescent="0.25">
-[...2 lines deleted...]
-      <c r="C44" s="77">
+    <row r="44" spans="1:11" s="7" customFormat="1" x14ac:dyDescent="0.25">
+      <c r="A44" s="66"/>
+      <c r="B44" s="70"/>
+      <c r="C44" s="40">
         <v>2020</v>
       </c>
-      <c r="D44" s="78">
+      <c r="D44" s="29">
         <f t="shared" si="28"/>
         <v>2863.4749999999999</v>
       </c>
-      <c r="E44" s="79">
+      <c r="E44" s="30">
         <v>62.113999999999997</v>
       </c>
-      <c r="F44" s="82">
-[...5 lines deleted...]
-      <c r="H44" s="80">
+      <c r="F44" s="33">
+        <v>0</v>
+      </c>
+      <c r="G44" s="32">
+        <v>0</v>
+      </c>
+      <c r="H44" s="31">
         <v>108.443</v>
       </c>
-      <c r="I44" s="81">
-[...2 lines deleted...]
-      <c r="J44" s="80">
+      <c r="I44" s="32">
+        <v>0</v>
+      </c>
+      <c r="J44" s="31">
         <v>2630.8040000000001</v>
       </c>
-      <c r="K44" s="106">
+      <c r="K44" s="55">
         <v>62.113999999999997</v>
       </c>
     </row>
-    <row r="45" spans="1:11" s="32" customFormat="1" ht="15.75" thickBot="1" x14ac:dyDescent="0.3">
-[...2 lines deleted...]
-      <c r="C45" s="84">
+    <row r="45" spans="1:11" s="7" customFormat="1" ht="15.75" thickBot="1" x14ac:dyDescent="0.3">
+      <c r="A45" s="68"/>
+      <c r="B45" s="72"/>
+      <c r="C45" s="41">
         <v>2019</v>
       </c>
-      <c r="D45" s="86">
+      <c r="D45" s="36">
         <f t="shared" si="28"/>
         <v>541.41499999999996</v>
       </c>
-      <c r="E45" s="87">
+      <c r="E45" s="37">
         <v>84.638000000000005</v>
       </c>
-      <c r="F45" s="88">
-[...5 lines deleted...]
-      <c r="H45" s="85">
+      <c r="F45" s="38">
+        <v>0</v>
+      </c>
+      <c r="G45" s="39">
+        <v>0</v>
+      </c>
+      <c r="H45" s="35">
         <v>233.208</v>
       </c>
-      <c r="I45" s="89">
-[...5 lines deleted...]
-      <c r="K45" s="108">
+      <c r="I45" s="39">
+        <v>0</v>
+      </c>
+      <c r="J45" s="39">
+        <v>0</v>
+      </c>
+      <c r="K45" s="57">
         <v>223.56899999999999</v>
       </c>
     </row>
-    <row r="46" spans="1:11" s="32" customFormat="1" ht="15.75" thickBot="1" x14ac:dyDescent="0.3">
-[...3 lines deleted...]
-      <c r="B46" s="117" t="s">
+    <row r="46" spans="1:11" s="7" customFormat="1" ht="15.75" thickBot="1" x14ac:dyDescent="0.3">
+      <c r="A46" s="65" t="s">
+        <v>24</v>
+      </c>
+      <c r="B46" s="63" t="s">
         <v>10</v>
       </c>
-      <c r="C46" s="118"/>
-      <c r="D46" s="101">
+      <c r="C46" s="64"/>
+      <c r="D46" s="50">
         <f>SUM(E46:K46)</f>
         <v>496165.48600000003</v>
       </c>
-      <c r="E46" s="101">
+      <c r="E46" s="50">
         <f>SUM(E47:E52)</f>
         <v>3831.7190000000001</v>
       </c>
-      <c r="F46" s="101">
+      <c r="F46" s="50">
         <f t="shared" ref="F46" si="29">SUM(F47:F52)</f>
         <v>0</v>
       </c>
-      <c r="G46" s="101">
+      <c r="G46" s="50">
         <f t="shared" ref="G46" si="30">SUM(G47:G52)</f>
         <v>1377.3400000000001</v>
       </c>
-      <c r="H46" s="101">
+      <c r="H46" s="50">
         <f t="shared" ref="H46" si="31">SUM(H47:H52)</f>
         <v>40114.948000000004</v>
       </c>
-      <c r="I46" s="101">
+      <c r="I46" s="50">
         <f t="shared" ref="I46" si="32">SUM(I47:I52)</f>
         <v>36355.506999999998</v>
       </c>
-      <c r="J46" s="101">
+      <c r="J46" s="50">
         <f t="shared" ref="J46" si="33">SUM(J47:J52)</f>
         <v>377099.65100000001</v>
       </c>
-      <c r="K46" s="102">
+      <c r="K46" s="51">
         <f t="shared" ref="K46" si="34">SUM(K47:K52)</f>
         <v>37386.321000000004</v>
       </c>
     </row>
-    <row r="47" spans="1:11" s="32" customFormat="1" x14ac:dyDescent="0.25">
-[...4 lines deleted...]
-      <c r="C47" s="94">
+    <row r="47" spans="1:11" s="7" customFormat="1" x14ac:dyDescent="0.25">
+      <c r="A47" s="66"/>
+      <c r="B47" s="69" t="s">
+        <v>42</v>
+      </c>
+      <c r="C47" s="43">
         <v>2024</v>
       </c>
-      <c r="D47" s="78">
+      <c r="D47" s="29">
         <f t="shared" ref="D47:D52" si="35">SUM(E47,G47:H47,I47:K47)</f>
         <v>432524.51700000005</v>
       </c>
-      <c r="E47" s="79">
+      <c r="E47" s="30">
         <v>2678.26</v>
       </c>
-      <c r="F47" s="82">
-[...2 lines deleted...]
-      <c r="G47" s="80">
+      <c r="F47" s="33">
+        <v>0</v>
+      </c>
+      <c r="G47" s="31">
         <v>1253.816</v>
       </c>
-      <c r="H47" s="80">
+      <c r="H47" s="31">
         <v>36941.834000000003</v>
       </c>
-      <c r="I47" s="80">
+      <c r="I47" s="31">
         <v>32851.431000000004</v>
       </c>
-      <c r="J47" s="80">
+      <c r="J47" s="31">
         <v>327253.23000000004</v>
       </c>
-      <c r="K47" s="106">
+      <c r="K47" s="55">
         <v>31545.945999999996</v>
       </c>
     </row>
-    <row r="48" spans="1:11" s="32" customFormat="1" x14ac:dyDescent="0.25">
-[...2 lines deleted...]
-      <c r="C48" s="77">
+    <row r="48" spans="1:11" s="7" customFormat="1" x14ac:dyDescent="0.25">
+      <c r="A48" s="66"/>
+      <c r="B48" s="70"/>
+      <c r="C48" s="40">
         <v>2023</v>
       </c>
-      <c r="D48" s="78">
+      <c r="D48" s="29">
         <f t="shared" si="35"/>
         <v>42803.416000000005</v>
       </c>
-      <c r="E48" s="79">
+      <c r="E48" s="30">
         <v>12.648999999999999</v>
       </c>
-      <c r="F48" s="82">
-[...2 lines deleted...]
-      <c r="G48" s="80">
+      <c r="F48" s="33">
+        <v>0</v>
+      </c>
+      <c r="G48" s="31">
         <v>123.524</v>
       </c>
-      <c r="H48" s="80">
+      <c r="H48" s="31">
         <v>2478.076</v>
       </c>
-      <c r="I48" s="80">
+      <c r="I48" s="31">
         <v>1835.3440000000001</v>
       </c>
-      <c r="J48" s="80">
+      <c r="J48" s="31">
         <v>35313.821000000004</v>
       </c>
-      <c r="K48" s="106">
+      <c r="K48" s="55">
         <v>3040.002</v>
       </c>
     </row>
-    <row r="49" spans="1:11" s="32" customFormat="1" x14ac:dyDescent="0.25">
-[...2 lines deleted...]
-      <c r="C49" s="77">
+    <row r="49" spans="1:11" s="7" customFormat="1" x14ac:dyDescent="0.25">
+      <c r="A49" s="66"/>
+      <c r="B49" s="70"/>
+      <c r="C49" s="40">
         <v>2022</v>
       </c>
-      <c r="D49" s="78">
+      <c r="D49" s="29">
         <f t="shared" si="35"/>
         <v>11276.519</v>
       </c>
-      <c r="E49" s="79">
+      <c r="E49" s="30">
         <v>78.284000000000006</v>
       </c>
-      <c r="F49" s="82">
-[...5 lines deleted...]
-      <c r="H49" s="80">
+      <c r="F49" s="33">
+        <v>0</v>
+      </c>
+      <c r="G49" s="32">
+        <v>0</v>
+      </c>
+      <c r="H49" s="31">
         <v>353.387</v>
       </c>
-      <c r="I49" s="80">
+      <c r="I49" s="31">
         <v>1098.615</v>
       </c>
-      <c r="J49" s="80">
+      <c r="J49" s="31">
         <v>7163.6620000000003</v>
       </c>
-      <c r="K49" s="106">
+      <c r="K49" s="55">
         <v>2582.5709999999999</v>
       </c>
     </row>
-    <row r="50" spans="1:11" s="32" customFormat="1" x14ac:dyDescent="0.25">
-[...2 lines deleted...]
-      <c r="C50" s="77">
+    <row r="50" spans="1:11" s="7" customFormat="1" x14ac:dyDescent="0.25">
+      <c r="A50" s="66"/>
+      <c r="B50" s="70"/>
+      <c r="C50" s="40">
         <v>2021</v>
       </c>
-      <c r="D50" s="78">
+      <c r="D50" s="29">
         <f t="shared" si="35"/>
         <v>6091.8030000000008</v>
       </c>
-      <c r="E50" s="79">
+      <c r="E50" s="30">
         <v>915.774</v>
       </c>
-      <c r="F50" s="82">
-[...8 lines deleted...]
-      <c r="I50" s="80">
+      <c r="F50" s="33">
+        <v>0</v>
+      </c>
+      <c r="G50" s="32">
+        <v>0</v>
+      </c>
+      <c r="H50" s="32">
+        <v>0</v>
+      </c>
+      <c r="I50" s="31">
         <v>570.11699999999996</v>
       </c>
-      <c r="J50" s="80">
+      <c r="J50" s="31">
         <v>4527.04</v>
       </c>
-      <c r="K50" s="106">
+      <c r="K50" s="55">
         <v>78.872</v>
       </c>
     </row>
-    <row r="51" spans="1:11" s="32" customFormat="1" x14ac:dyDescent="0.25">
-[...2 lines deleted...]
-      <c r="C51" s="77">
+    <row r="51" spans="1:11" s="7" customFormat="1" x14ac:dyDescent="0.25">
+      <c r="A51" s="66"/>
+      <c r="B51" s="70"/>
+      <c r="C51" s="40">
         <v>2020</v>
       </c>
-      <c r="D51" s="78">
+      <c r="D51" s="29">
         <f t="shared" si="35"/>
         <v>2135.623</v>
       </c>
-      <c r="E51" s="79">
+      <c r="E51" s="30">
         <v>62.113999999999997</v>
       </c>
-      <c r="F51" s="82">
-[...5 lines deleted...]
-      <c r="H51" s="80">
+      <c r="F51" s="33">
+        <v>0</v>
+      </c>
+      <c r="G51" s="32">
+        <v>0</v>
+      </c>
+      <c r="H51" s="31">
         <v>108.443</v>
       </c>
-      <c r="I51" s="81">
-[...2 lines deleted...]
-      <c r="J51" s="80">
+      <c r="I51" s="32">
+        <v>0</v>
+      </c>
+      <c r="J51" s="31">
         <v>1965.066</v>
       </c>
-      <c r="K51" s="107">
-[...6 lines deleted...]
-      <c r="C52" s="84">
+      <c r="K51" s="56">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="52" spans="1:11" s="7" customFormat="1" ht="15.75" thickBot="1" x14ac:dyDescent="0.3">
+      <c r="A52" s="68"/>
+      <c r="B52" s="72"/>
+      <c r="C52" s="41">
         <v>2019</v>
       </c>
-      <c r="D52" s="86">
+      <c r="D52" s="36">
         <f t="shared" si="35"/>
         <v>1333.6079999999999</v>
       </c>
-      <c r="E52" s="87">
+      <c r="E52" s="37">
         <v>84.638000000000005</v>
       </c>
-      <c r="F52" s="88">
-[...5 lines deleted...]
-      <c r="H52" s="85">
+      <c r="F52" s="38">
+        <v>0</v>
+      </c>
+      <c r="G52" s="39">
+        <v>0</v>
+      </c>
+      <c r="H52" s="35">
         <v>233.208</v>
       </c>
-      <c r="I52" s="89">
-[...2 lines deleted...]
-      <c r="J52" s="85">
+      <c r="I52" s="39">
+        <v>0</v>
+      </c>
+      <c r="J52" s="35">
         <v>876.83199999999999</v>
       </c>
-      <c r="K52" s="108">
+      <c r="K52" s="57">
         <v>138.93</v>
       </c>
     </row>
-    <row r="53" spans="1:11" s="32" customFormat="1" ht="15.75" thickBot="1" x14ac:dyDescent="0.3">
-[...3 lines deleted...]
-      <c r="B53" s="117" t="s">
+    <row r="53" spans="1:11" s="7" customFormat="1" ht="15.75" thickBot="1" x14ac:dyDescent="0.3">
+      <c r="A53" s="65" t="s">
+        <v>16</v>
+      </c>
+      <c r="B53" s="63" t="s">
         <v>10</v>
       </c>
-      <c r="C53" s="118"/>
-      <c r="D53" s="101">
+      <c r="C53" s="64"/>
+      <c r="D53" s="50">
         <f>SUM(E53:K53)</f>
         <v>491137.27800000005</v>
       </c>
-      <c r="E53" s="101">
+      <c r="E53" s="50">
         <f>SUM(E54:E58)</f>
         <v>6654.5379999999996</v>
       </c>
-      <c r="F53" s="101">
+      <c r="F53" s="50">
         <f t="shared" ref="F53:K53" si="36">SUM(F54:F58)</f>
         <v>0</v>
       </c>
-      <c r="G53" s="101">
+      <c r="G53" s="50">
         <f t="shared" si="36"/>
         <v>1540.134</v>
       </c>
-      <c r="H53" s="101">
+      <c r="H53" s="50">
         <f t="shared" si="36"/>
         <v>16448.773000000001</v>
       </c>
-      <c r="I53" s="101">
+      <c r="I53" s="50">
         <f t="shared" si="36"/>
         <v>10650.784</v>
       </c>
-      <c r="J53" s="101">
+      <c r="J53" s="50">
         <f t="shared" si="36"/>
         <v>416795.67600000004</v>
       </c>
-      <c r="K53" s="102">
+      <c r="K53" s="51">
         <f t="shared" si="36"/>
         <v>39047.373</v>
       </c>
     </row>
-    <row r="54" spans="1:11" s="32" customFormat="1" x14ac:dyDescent="0.25">
-[...4 lines deleted...]
-      <c r="C54" s="94">
+    <row r="54" spans="1:11" s="7" customFormat="1" x14ac:dyDescent="0.25">
+      <c r="A54" s="66"/>
+      <c r="B54" s="69" t="s">
+        <v>42</v>
+      </c>
+      <c r="C54" s="43">
         <v>2023</v>
       </c>
-      <c r="D54" s="78">
+      <c r="D54" s="29">
         <f t="shared" ref="D54:D100" si="37">SUM(E54,G54:H54,I54:K54)</f>
         <v>463168.91399999999</v>
       </c>
-      <c r="E54" s="79">
+      <c r="E54" s="30">
         <v>5513.7280000000001</v>
       </c>
-      <c r="F54" s="82">
-[...2 lines deleted...]
-      <c r="G54" s="80">
+      <c r="F54" s="33">
+        <v>0</v>
+      </c>
+      <c r="G54" s="31">
         <v>1540.134</v>
       </c>
-      <c r="H54" s="80">
+      <c r="H54" s="31">
         <v>15753.735000000001</v>
       </c>
-      <c r="I54" s="80">
+      <c r="I54" s="31">
         <v>8974.3279999999995</v>
       </c>
-      <c r="J54" s="80">
+      <c r="J54" s="31">
         <v>395152.02899999998</v>
       </c>
-      <c r="K54" s="106">
+      <c r="K54" s="55">
         <v>36234.959999999999</v>
       </c>
     </row>
-    <row r="55" spans="1:11" s="32" customFormat="1" x14ac:dyDescent="0.25">
-[...2 lines deleted...]
-      <c r="C55" s="77">
+    <row r="55" spans="1:11" s="7" customFormat="1" x14ac:dyDescent="0.25">
+      <c r="A55" s="66"/>
+      <c r="B55" s="70"/>
+      <c r="C55" s="40">
         <v>2022</v>
       </c>
-      <c r="D55" s="78">
+      <c r="D55" s="29">
         <f t="shared" si="37"/>
         <v>17065.525000000001</v>
       </c>
-      <c r="E55" s="79">
+      <c r="E55" s="30">
         <v>78.284000000000006</v>
       </c>
-      <c r="F55" s="82">
-[...5 lines deleted...]
-      <c r="H55" s="80">
+      <c r="F55" s="33">
+        <v>0</v>
+      </c>
+      <c r="G55" s="32">
+        <v>0</v>
+      </c>
+      <c r="H55" s="31">
         <v>353.387</v>
       </c>
-      <c r="I55" s="80">
+      <c r="I55" s="31">
         <v>1106.3389999999999</v>
       </c>
-      <c r="J55" s="80">
+      <c r="J55" s="31">
         <v>12942.623</v>
       </c>
-      <c r="K55" s="106">
+      <c r="K55" s="55">
         <v>2584.8919999999998</v>
       </c>
     </row>
-    <row r="56" spans="1:11" s="32" customFormat="1" x14ac:dyDescent="0.25">
-[...2 lines deleted...]
-      <c r="C56" s="77">
+    <row r="56" spans="1:11" s="7" customFormat="1" x14ac:dyDescent="0.25">
+      <c r="A56" s="66"/>
+      <c r="B56" s="70"/>
+      <c r="C56" s="40">
         <v>2021</v>
       </c>
-      <c r="D56" s="78">
+      <c r="D56" s="29">
         <f t="shared" si="37"/>
         <v>7142.7759999999998</v>
       </c>
-      <c r="E56" s="79">
+      <c r="E56" s="30">
         <v>915.774</v>
       </c>
-      <c r="F56" s="82">
-[...8 lines deleted...]
-      <c r="I56" s="80">
+      <c r="F56" s="33">
+        <v>0</v>
+      </c>
+      <c r="G56" s="32">
+        <v>0</v>
+      </c>
+      <c r="H56" s="32">
+        <v>0</v>
+      </c>
+      <c r="I56" s="31">
         <v>570.11699999999996</v>
       </c>
-      <c r="J56" s="80">
+      <c r="J56" s="31">
         <v>5578.0119999999997</v>
       </c>
-      <c r="K56" s="106">
+      <c r="K56" s="55">
         <v>78.873000000000005</v>
       </c>
     </row>
-    <row r="57" spans="1:11" s="32" customFormat="1" x14ac:dyDescent="0.25">
-[...2 lines deleted...]
-      <c r="C57" s="77">
+    <row r="57" spans="1:11" s="7" customFormat="1" x14ac:dyDescent="0.25">
+      <c r="A57" s="66"/>
+      <c r="B57" s="70"/>
+      <c r="C57" s="40">
         <v>2020</v>
       </c>
-      <c r="D57" s="78">
+      <c r="D57" s="29">
         <f t="shared" si="37"/>
         <v>2343.386</v>
       </c>
-      <c r="E57" s="79">
+      <c r="E57" s="30">
         <v>62.113999999999997</v>
       </c>
-      <c r="F57" s="82">
-[...5 lines deleted...]
-      <c r="H57" s="80">
+      <c r="F57" s="33">
+        <v>0</v>
+      </c>
+      <c r="G57" s="32">
+        <v>0</v>
+      </c>
+      <c r="H57" s="31">
         <v>108.443</v>
       </c>
-      <c r="I57" s="81">
-[...2 lines deleted...]
-      <c r="J57" s="80">
+      <c r="I57" s="32">
+        <v>0</v>
+      </c>
+      <c r="J57" s="31">
         <v>2172.8290000000002</v>
       </c>
-      <c r="K57" s="107">
-[...6 lines deleted...]
-      <c r="C58" s="84">
+      <c r="K57" s="56">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="58" spans="1:11" s="7" customFormat="1" ht="15.75" thickBot="1" x14ac:dyDescent="0.3">
+      <c r="A58" s="68"/>
+      <c r="B58" s="72"/>
+      <c r="C58" s="41">
         <v>2019</v>
       </c>
-      <c r="D58" s="86">
+      <c r="D58" s="36">
         <f t="shared" si="37"/>
         <v>1416.6769999999999</v>
       </c>
-      <c r="E58" s="87">
+      <c r="E58" s="37">
         <v>84.638000000000005</v>
       </c>
-      <c r="F58" s="88">
-[...5 lines deleted...]
-      <c r="H58" s="85">
+      <c r="F58" s="38">
+        <v>0</v>
+      </c>
+      <c r="G58" s="39">
+        <v>0</v>
+      </c>
+      <c r="H58" s="35">
         <v>233.208</v>
       </c>
-      <c r="I58" s="89">
-[...2 lines deleted...]
-      <c r="J58" s="85">
+      <c r="I58" s="39">
+        <v>0</v>
+      </c>
+      <c r="J58" s="35">
         <v>950.18299999999999</v>
       </c>
-      <c r="K58" s="108">
+      <c r="K58" s="57">
         <v>148.648</v>
       </c>
     </row>
-    <row r="59" spans="1:11" s="32" customFormat="1" ht="15.75" thickBot="1" x14ac:dyDescent="0.3">
-[...3 lines deleted...]
-      <c r="B59" s="117" t="s">
+    <row r="59" spans="1:11" s="7" customFormat="1" ht="15.75" thickBot="1" x14ac:dyDescent="0.3">
+      <c r="A59" s="65" t="s">
+        <v>15</v>
+      </c>
+      <c r="B59" s="63" t="s">
         <v>10</v>
       </c>
-      <c r="C59" s="118"/>
-      <c r="D59" s="101">
+      <c r="C59" s="64"/>
+      <c r="D59" s="50">
         <f>SUM(E59:K59)</f>
         <v>414532.07299999997</v>
       </c>
-      <c r="E59" s="101">
+      <c r="E59" s="50">
         <f>SUM(E60:E64)</f>
         <v>7213.6240000000007</v>
       </c>
-      <c r="F59" s="101">
+      <c r="F59" s="50">
         <f t="shared" ref="F59:K59" si="38">SUM(F60:F64)</f>
         <v>0</v>
       </c>
-      <c r="G59" s="101">
+      <c r="G59" s="50">
         <f t="shared" si="38"/>
         <v>2338.6869999999999</v>
       </c>
-      <c r="H59" s="101">
+      <c r="H59" s="50">
         <f t="shared" si="38"/>
         <v>16063.529</v>
       </c>
-      <c r="I59" s="101">
+      <c r="I59" s="50">
         <f t="shared" si="38"/>
         <v>27728.413</v>
       </c>
-      <c r="J59" s="101">
+      <c r="J59" s="50">
         <f t="shared" si="38"/>
         <v>334379.66399999999</v>
       </c>
-      <c r="K59" s="102">
+      <c r="K59" s="51">
         <f t="shared" si="38"/>
         <v>26808.15599999997</v>
       </c>
     </row>
-    <row r="60" spans="1:11" s="32" customFormat="1" x14ac:dyDescent="0.25">
-[...4 lines deleted...]
-      <c r="C60" s="94">
+    <row r="60" spans="1:11" s="7" customFormat="1" x14ac:dyDescent="0.25">
+      <c r="A60" s="66"/>
+      <c r="B60" s="69" t="s">
+        <v>42</v>
+      </c>
+      <c r="C60" s="43">
         <v>2023</v>
       </c>
-      <c r="D60" s="78">
+      <c r="D60" s="29">
         <f t="shared" si="37"/>
         <v>377867.15799999994</v>
       </c>
-      <c r="E60" s="79">
+      <c r="E60" s="30">
         <v>5987.375</v>
       </c>
-      <c r="F60" s="82">
-[...2 lines deleted...]
-      <c r="G60" s="80">
+      <c r="F60" s="33">
+        <v>0</v>
+      </c>
+      <c r="G60" s="31">
         <v>2338.6869999999999</v>
       </c>
-      <c r="H60" s="80">
+      <c r="H60" s="31">
         <v>13647.965</v>
       </c>
-      <c r="I60" s="80">
+      <c r="I60" s="31">
         <v>24029.040000000001</v>
       </c>
-      <c r="J60" s="80">
+      <c r="J60" s="31">
         <v>308275.59899999999</v>
       </c>
-      <c r="K60" s="106">
+      <c r="K60" s="55">
         <v>23588.491999999969</v>
       </c>
     </row>
-    <row r="61" spans="1:11" s="32" customFormat="1" x14ac:dyDescent="0.25">
-[...2 lines deleted...]
-      <c r="C61" s="77">
+    <row r="61" spans="1:11" s="7" customFormat="1" x14ac:dyDescent="0.25">
+      <c r="A61" s="66"/>
+      <c r="B61" s="70"/>
+      <c r="C61" s="40">
         <v>2022</v>
       </c>
-      <c r="D61" s="78">
+      <c r="D61" s="29">
         <f t="shared" si="37"/>
         <v>23443.323</v>
       </c>
-      <c r="E61" s="79">
+      <c r="E61" s="30">
         <v>163.386</v>
       </c>
-      <c r="F61" s="82">
-[...5 lines deleted...]
-      <c r="H61" s="80">
+      <c r="F61" s="33">
+        <v>0</v>
+      </c>
+      <c r="G61" s="32">
+        <v>0</v>
+      </c>
+      <c r="H61" s="31">
         <v>2073.913</v>
       </c>
-      <c r="I61" s="80">
+      <c r="I61" s="31">
         <v>1614.896</v>
       </c>
-      <c r="J61" s="80">
+      <c r="J61" s="31">
         <v>16599.697</v>
       </c>
-      <c r="K61" s="106">
+      <c r="K61" s="55">
         <v>2991.431</v>
       </c>
     </row>
-    <row r="62" spans="1:11" s="32" customFormat="1" x14ac:dyDescent="0.25">
-[...2 lines deleted...]
-      <c r="C62" s="77">
+    <row r="62" spans="1:11" s="7" customFormat="1" x14ac:dyDescent="0.25">
+      <c r="A62" s="66"/>
+      <c r="B62" s="70"/>
+      <c r="C62" s="40">
         <v>2021</v>
       </c>
-      <c r="D62" s="78">
+      <c r="D62" s="29">
         <f t="shared" si="37"/>
         <v>9248.9779999999992</v>
       </c>
-      <c r="E62" s="79">
+      <c r="E62" s="30">
         <v>915.774</v>
       </c>
-      <c r="F62" s="82">
-[...8 lines deleted...]
-      <c r="I62" s="80">
+      <c r="F62" s="33">
+        <v>0</v>
+      </c>
+      <c r="G62" s="32">
+        <v>0</v>
+      </c>
+      <c r="H62" s="32">
+        <v>0</v>
+      </c>
+      <c r="I62" s="31">
         <v>2084.4769999999999</v>
       </c>
-      <c r="J62" s="80">
+      <c r="J62" s="31">
         <v>6169.8549999999996</v>
       </c>
-      <c r="K62" s="106">
+      <c r="K62" s="55">
         <v>78.872</v>
       </c>
     </row>
-    <row r="63" spans="1:11" s="32" customFormat="1" x14ac:dyDescent="0.25">
-[...2 lines deleted...]
-      <c r="C63" s="77">
+    <row r="63" spans="1:11" s="7" customFormat="1" x14ac:dyDescent="0.25">
+      <c r="A63" s="66"/>
+      <c r="B63" s="70"/>
+      <c r="C63" s="40">
         <v>2020</v>
       </c>
-      <c r="D63" s="78">
+      <c r="D63" s="29">
         <f t="shared" si="37"/>
         <v>2507.643</v>
       </c>
-      <c r="E63" s="79">
+      <c r="E63" s="30">
         <v>62.451000000000001</v>
       </c>
-      <c r="F63" s="82">
-[...5 lines deleted...]
-      <c r="H63" s="80">
+      <c r="F63" s="33">
+        <v>0</v>
+      </c>
+      <c r="G63" s="32">
+        <v>0</v>
+      </c>
+      <c r="H63" s="31">
         <v>108.443</v>
       </c>
-      <c r="I63" s="81">
-[...2 lines deleted...]
-      <c r="J63" s="80">
+      <c r="I63" s="32">
+        <v>0</v>
+      </c>
+      <c r="J63" s="31">
         <v>2336.7489999999998</v>
       </c>
-      <c r="K63" s="107">
-[...6 lines deleted...]
-      <c r="C64" s="84">
+      <c r="K63" s="56">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="64" spans="1:11" s="7" customFormat="1" ht="15.75" thickBot="1" x14ac:dyDescent="0.3">
+      <c r="A64" s="68"/>
+      <c r="B64" s="72"/>
+      <c r="C64" s="41">
         <v>2019</v>
       </c>
-      <c r="D64" s="86">
+      <c r="D64" s="36">
         <f t="shared" si="37"/>
         <v>1464.971</v>
       </c>
-      <c r="E64" s="87">
+      <c r="E64" s="37">
         <v>84.638000000000005</v>
       </c>
-      <c r="F64" s="88">
-[...5 lines deleted...]
-      <c r="H64" s="85">
+      <c r="F64" s="38">
+        <v>0</v>
+      </c>
+      <c r="G64" s="39">
+        <v>0</v>
+      </c>
+      <c r="H64" s="35">
         <v>233.208</v>
       </c>
-      <c r="I64" s="89">
-[...2 lines deleted...]
-      <c r="J64" s="85">
+      <c r="I64" s="39">
+        <v>0</v>
+      </c>
+      <c r="J64" s="35">
         <v>997.76400000000001</v>
       </c>
-      <c r="K64" s="108">
+      <c r="K64" s="57">
         <v>149.36099999999999</v>
       </c>
     </row>
-    <row r="65" spans="1:11" s="32" customFormat="1" ht="15.75" thickBot="1" x14ac:dyDescent="0.3">
-[...3 lines deleted...]
-      <c r="B65" s="117" t="s">
+    <row r="65" spans="1:11" s="7" customFormat="1" ht="15.75" thickBot="1" x14ac:dyDescent="0.3">
+      <c r="A65" s="65" t="s">
+        <v>14</v>
+      </c>
+      <c r="B65" s="63" t="s">
         <v>10</v>
       </c>
-      <c r="C65" s="118"/>
-      <c r="D65" s="101">
+      <c r="C65" s="64"/>
+      <c r="D65" s="50">
         <f>SUM(E65:K65)</f>
         <v>373481.21399999998</v>
       </c>
-      <c r="E65" s="101">
+      <c r="E65" s="50">
         <f>SUM(E66:E70)</f>
         <v>8584.0300000000007</v>
       </c>
-      <c r="F65" s="101">
+      <c r="F65" s="50">
         <f t="shared" ref="F65:K65" si="39">SUM(F66:F70)</f>
         <v>0.28599999999999998</v>
       </c>
-      <c r="G65" s="101">
+      <c r="G65" s="50">
         <f t="shared" si="39"/>
         <v>1056.3689999999999</v>
       </c>
-      <c r="H65" s="101">
+      <c r="H65" s="50">
         <f t="shared" si="39"/>
         <v>15512.194</v>
       </c>
-      <c r="I65" s="101">
+      <c r="I65" s="50">
         <f t="shared" si="39"/>
         <v>26221.106</v>
       </c>
-      <c r="J65" s="101">
+      <c r="J65" s="50">
         <f t="shared" si="39"/>
         <v>299777.07199999999</v>
       </c>
-      <c r="K65" s="102">
+      <c r="K65" s="51">
         <f t="shared" si="39"/>
         <v>22330.157000000003</v>
       </c>
     </row>
-    <row r="66" spans="1:11" s="32" customFormat="1" x14ac:dyDescent="0.25">
-[...4 lines deleted...]
-      <c r="C66" s="94">
+    <row r="66" spans="1:11" s="7" customFormat="1" x14ac:dyDescent="0.25">
+      <c r="A66" s="66"/>
+      <c r="B66" s="69" t="s">
+        <v>42</v>
+      </c>
+      <c r="C66" s="43">
         <v>2023</v>
       </c>
-      <c r="D66" s="78">
+      <c r="D66" s="29">
         <f t="shared" si="37"/>
         <v>324700.87199999997</v>
       </c>
-      <c r="E66" s="79">
+      <c r="E66" s="30">
         <v>3706.0770000000002</v>
       </c>
-      <c r="F66" s="79">
+      <c r="F66" s="30">
         <v>0.28599999999999998</v>
       </c>
-      <c r="G66" s="80">
+      <c r="G66" s="31">
         <v>1056.3689999999999</v>
       </c>
-      <c r="H66" s="80">
+      <c r="H66" s="31">
         <v>12967.055</v>
       </c>
-      <c r="I66" s="80">
+      <c r="I66" s="31">
         <v>22501.25</v>
       </c>
-      <c r="J66" s="80">
+      <c r="J66" s="31">
         <v>265998.68</v>
       </c>
-      <c r="K66" s="106">
+      <c r="K66" s="55">
         <v>18471.441000000003</v>
       </c>
     </row>
-    <row r="67" spans="1:11" s="32" customFormat="1" x14ac:dyDescent="0.25">
-[...2 lines deleted...]
-      <c r="C67" s="77">
+    <row r="67" spans="1:11" s="7" customFormat="1" x14ac:dyDescent="0.25">
+      <c r="A67" s="66"/>
+      <c r="B67" s="70"/>
+      <c r="C67" s="40">
         <v>2022</v>
       </c>
-      <c r="D67" s="78">
+      <c r="D67" s="29">
         <f t="shared" si="37"/>
         <v>34524.218999999997</v>
       </c>
-      <c r="E67" s="79">
+      <c r="E67" s="30">
         <v>3815.09</v>
       </c>
-      <c r="F67" s="82">
-[...5 lines deleted...]
-      <c r="H67" s="80">
+      <c r="F67" s="33">
+        <v>0</v>
+      </c>
+      <c r="G67" s="32">
+        <v>0</v>
+      </c>
+      <c r="H67" s="31">
         <v>2203.4879999999998</v>
       </c>
-      <c r="I67" s="80">
+      <c r="I67" s="31">
         <v>1635.3789999999999</v>
       </c>
-      <c r="J67" s="80">
+      <c r="J67" s="31">
         <v>23239.778999999999</v>
       </c>
-      <c r="K67" s="106">
+      <c r="K67" s="55">
         <v>3630.4830000000002</v>
       </c>
     </row>
-    <row r="68" spans="1:11" s="32" customFormat="1" x14ac:dyDescent="0.25">
-[...2 lines deleted...]
-      <c r="C68" s="77">
+    <row r="68" spans="1:11" s="7" customFormat="1" x14ac:dyDescent="0.25">
+      <c r="A68" s="66"/>
+      <c r="B68" s="70"/>
+      <c r="C68" s="40">
         <v>2021</v>
       </c>
-      <c r="D68" s="78">
+      <c r="D68" s="29">
         <f t="shared" si="37"/>
         <v>10116.405999999999</v>
       </c>
-      <c r="E68" s="79">
+      <c r="E68" s="30">
         <v>915.774</v>
       </c>
-      <c r="F68" s="82">
-[...8 lines deleted...]
-      <c r="I68" s="80">
+      <c r="F68" s="33">
+        <v>0</v>
+      </c>
+      <c r="G68" s="32">
+        <v>0</v>
+      </c>
+      <c r="H68" s="32">
+        <v>0</v>
+      </c>
+      <c r="I68" s="31">
         <v>2084.4769999999999</v>
       </c>
-      <c r="J68" s="80">
+      <c r="J68" s="31">
         <v>7037.2830000000004</v>
       </c>
-      <c r="K68" s="106">
+      <c r="K68" s="55">
         <v>78.872</v>
       </c>
     </row>
-    <row r="69" spans="1:11" s="32" customFormat="1" x14ac:dyDescent="0.25">
-[...2 lines deleted...]
-      <c r="C69" s="77">
+    <row r="69" spans="1:11" s="7" customFormat="1" x14ac:dyDescent="0.25">
+      <c r="A69" s="66"/>
+      <c r="B69" s="70"/>
+      <c r="C69" s="40">
         <v>2020</v>
       </c>
-      <c r="D69" s="78">
+      <c r="D69" s="29">
         <f t="shared" si="37"/>
         <v>2632.2529999999997</v>
       </c>
-      <c r="E69" s="79">
+      <c r="E69" s="30">
         <v>62.451000000000001</v>
       </c>
-      <c r="F69" s="82">
-[...5 lines deleted...]
-      <c r="H69" s="80">
+      <c r="F69" s="33">
+        <v>0</v>
+      </c>
+      <c r="G69" s="32">
+        <v>0</v>
+      </c>
+      <c r="H69" s="31">
         <v>108.443</v>
       </c>
-      <c r="I69" s="81">
-[...2 lines deleted...]
-      <c r="J69" s="80">
+      <c r="I69" s="32">
+        <v>0</v>
+      </c>
+      <c r="J69" s="31">
         <v>2461.3589999999999</v>
       </c>
-      <c r="K69" s="107">
-[...6 lines deleted...]
-      <c r="C70" s="84">
+      <c r="K69" s="56">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="70" spans="1:11" s="7" customFormat="1" ht="15.75" thickBot="1" x14ac:dyDescent="0.3">
+      <c r="A70" s="68"/>
+      <c r="B70" s="72"/>
+      <c r="C70" s="41">
         <v>2019</v>
       </c>
-      <c r="D70" s="86">
+      <c r="D70" s="36">
         <f t="shared" si="37"/>
         <v>1507.1779999999999</v>
       </c>
-      <c r="E70" s="87">
+      <c r="E70" s="37">
         <v>84.638000000000005</v>
       </c>
-      <c r="F70" s="88">
-[...5 lines deleted...]
-      <c r="H70" s="85">
+      <c r="F70" s="38">
+        <v>0</v>
+      </c>
+      <c r="G70" s="39">
+        <v>0</v>
+      </c>
+      <c r="H70" s="35">
         <v>233.208</v>
       </c>
-      <c r="I70" s="89">
-[...2 lines deleted...]
-      <c r="J70" s="85">
+      <c r="I70" s="39">
+        <v>0</v>
+      </c>
+      <c r="J70" s="35">
         <v>1039.971</v>
       </c>
-      <c r="K70" s="108">
+      <c r="K70" s="57">
         <v>149.36099999999999</v>
       </c>
     </row>
-    <row r="71" spans="1:11" s="32" customFormat="1" ht="15.75" thickBot="1" x14ac:dyDescent="0.3">
-[...3 lines deleted...]
-      <c r="B71" s="117" t="s">
+    <row r="71" spans="1:11" s="7" customFormat="1" ht="15.75" thickBot="1" x14ac:dyDescent="0.3">
+      <c r="A71" s="65" t="s">
+        <v>13</v>
+      </c>
+      <c r="B71" s="63" t="s">
         <v>10</v>
       </c>
-      <c r="C71" s="118"/>
-      <c r="D71" s="101">
+      <c r="C71" s="64"/>
+      <c r="D71" s="50">
         <f>SUM(E71:K71)</f>
         <v>356913.16200000001</v>
       </c>
-      <c r="E71" s="101">
+      <c r="E71" s="50">
         <f>SUM(E72:E76)</f>
         <v>15514.155000000001</v>
       </c>
-      <c r="F71" s="101">
+      <c r="F71" s="50">
         <f t="shared" ref="F71:K71" si="40">SUM(F72:F76)</f>
         <v>0.106</v>
       </c>
-      <c r="G71" s="101">
+      <c r="G71" s="50">
         <f t="shared" si="40"/>
         <v>1270.5129999999999</v>
       </c>
-      <c r="H71" s="101">
+      <c r="H71" s="50">
         <f t="shared" si="40"/>
         <v>14533.554</v>
       </c>
-      <c r="I71" s="101">
+      <c r="I71" s="50">
         <f t="shared" si="40"/>
         <v>40733.135000000002</v>
       </c>
-      <c r="J71" s="101">
+      <c r="J71" s="50">
         <f t="shared" si="40"/>
         <v>256429.29500000001</v>
       </c>
-      <c r="K71" s="102">
+      <c r="K71" s="51">
         <f t="shared" si="40"/>
         <v>28432.403999999999</v>
       </c>
     </row>
-    <row r="72" spans="1:11" s="32" customFormat="1" x14ac:dyDescent="0.25">
-[...4 lines deleted...]
-      <c r="C72" s="94">
+    <row r="72" spans="1:11" s="7" customFormat="1" x14ac:dyDescent="0.25">
+      <c r="A72" s="66"/>
+      <c r="B72" s="69" t="s">
+        <v>42</v>
+      </c>
+      <c r="C72" s="43">
         <v>2023</v>
       </c>
-      <c r="D72" s="78">
+      <c r="D72" s="29">
         <f t="shared" si="37"/>
         <v>286130.22400000005</v>
       </c>
-      <c r="E72" s="80">
+      <c r="E72" s="31">
         <v>9568.1610000000001</v>
       </c>
-      <c r="F72" s="80">
+      <c r="F72" s="31">
         <v>0.106</v>
       </c>
-      <c r="G72" s="80">
+      <c r="G72" s="31">
         <v>1270.5129999999999</v>
       </c>
-      <c r="H72" s="80">
+      <c r="H72" s="31">
         <v>11159.287</v>
       </c>
-      <c r="I72" s="80">
+      <c r="I72" s="31">
         <v>36769.567000000003</v>
       </c>
-      <c r="J72" s="80">
+      <c r="J72" s="31">
         <v>204116.122</v>
       </c>
-      <c r="K72" s="106">
+      <c r="K72" s="55">
         <v>23246.573999999997</v>
       </c>
     </row>
-    <row r="73" spans="1:11" s="32" customFormat="1" x14ac:dyDescent="0.25">
-[...2 lines deleted...]
-      <c r="C73" s="77">
+    <row r="73" spans="1:11" s="7" customFormat="1" x14ac:dyDescent="0.25">
+      <c r="A73" s="66"/>
+      <c r="B73" s="70"/>
+      <c r="C73" s="40">
         <v>2022</v>
       </c>
-      <c r="D73" s="78">
+      <c r="D73" s="29">
         <f t="shared" si="37"/>
         <v>54801.846000000005</v>
       </c>
-      <c r="E73" s="79">
+      <c r="E73" s="30">
         <v>4883.1310000000003</v>
       </c>
-      <c r="F73" s="82">
-[...5 lines deleted...]
-      <c r="H73" s="80">
+      <c r="F73" s="33">
+        <v>0</v>
+      </c>
+      <c r="G73" s="32">
+        <v>0</v>
+      </c>
+      <c r="H73" s="31">
         <v>3032.616</v>
       </c>
-      <c r="I73" s="80">
+      <c r="I73" s="31">
         <v>1879.0909999999999</v>
       </c>
-      <c r="J73" s="80">
+      <c r="J73" s="31">
         <v>40511.507000000005</v>
       </c>
-      <c r="K73" s="106">
+      <c r="K73" s="55">
         <v>4495.5010000000002</v>
       </c>
     </row>
-    <row r="74" spans="1:11" s="32" customFormat="1" x14ac:dyDescent="0.25">
-[...2 lines deleted...]
-      <c r="C74" s="77">
+    <row r="74" spans="1:11" s="7" customFormat="1" x14ac:dyDescent="0.25">
+      <c r="A74" s="66"/>
+      <c r="B74" s="70"/>
+      <c r="C74" s="40">
         <v>2021</v>
       </c>
-      <c r="D74" s="78">
+      <c r="D74" s="29">
         <f t="shared" si="37"/>
         <v>11438.186</v>
       </c>
-      <c r="E74" s="79">
+      <c r="E74" s="30">
         <v>915.774</v>
       </c>
-      <c r="F74" s="82">
-[...8 lines deleted...]
-      <c r="I74" s="80">
+      <c r="F74" s="33">
+        <v>0</v>
+      </c>
+      <c r="G74" s="32">
+        <v>0</v>
+      </c>
+      <c r="H74" s="32">
+        <v>0</v>
+      </c>
+      <c r="I74" s="31">
         <v>2084.4769999999999</v>
       </c>
-      <c r="J74" s="80">
+      <c r="J74" s="31">
         <v>7896.9669999999996</v>
       </c>
-      <c r="K74" s="106">
+      <c r="K74" s="55">
         <v>540.96799999999996</v>
       </c>
     </row>
-    <row r="75" spans="1:11" s="32" customFormat="1" x14ac:dyDescent="0.25">
-[...2 lines deleted...]
-      <c r="C75" s="77">
+    <row r="75" spans="1:11" s="7" customFormat="1" x14ac:dyDescent="0.25">
+      <c r="A75" s="66"/>
+      <c r="B75" s="70"/>
+      <c r="C75" s="40">
         <v>2020</v>
       </c>
-      <c r="D75" s="78">
+      <c r="D75" s="29">
         <f t="shared" si="37"/>
         <v>2900.9700000000003</v>
       </c>
-      <c r="E75" s="79">
+      <c r="E75" s="30">
         <v>62.451000000000001</v>
       </c>
-      <c r="F75" s="82">
-[...5 lines deleted...]
-      <c r="H75" s="80">
+      <c r="F75" s="33">
+        <v>0</v>
+      </c>
+      <c r="G75" s="32">
+        <v>0</v>
+      </c>
+      <c r="H75" s="31">
         <v>108.443</v>
       </c>
-      <c r="I75" s="81">
-[...2 lines deleted...]
-      <c r="J75" s="80">
+      <c r="I75" s="32">
+        <v>0</v>
+      </c>
+      <c r="J75" s="31">
         <v>2730.076</v>
       </c>
-      <c r="K75" s="107">
-[...6 lines deleted...]
-      <c r="C76" s="84">
+      <c r="K75" s="56">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="76" spans="1:11" s="7" customFormat="1" ht="15.75" thickBot="1" x14ac:dyDescent="0.3">
+      <c r="A76" s="68"/>
+      <c r="B76" s="72"/>
+      <c r="C76" s="41">
         <v>2019</v>
       </c>
-      <c r="D76" s="86">
+      <c r="D76" s="36">
         <f t="shared" si="37"/>
         <v>1641.83</v>
       </c>
-      <c r="E76" s="87">
+      <c r="E76" s="37">
         <v>84.638000000000005</v>
       </c>
-      <c r="F76" s="88">
-[...5 lines deleted...]
-      <c r="H76" s="85">
+      <c r="F76" s="38">
+        <v>0</v>
+      </c>
+      <c r="G76" s="39">
+        <v>0</v>
+      </c>
+      <c r="H76" s="35">
         <v>233.208</v>
       </c>
-      <c r="I76" s="89">
-[...2 lines deleted...]
-      <c r="J76" s="85">
+      <c r="I76" s="39">
+        <v>0</v>
+      </c>
+      <c r="J76" s="35">
         <v>1174.623</v>
       </c>
-      <c r="K76" s="108">
+      <c r="K76" s="57">
         <v>149.36099999999999</v>
       </c>
     </row>
-    <row r="77" spans="1:11" s="32" customFormat="1" ht="15.75" thickBot="1" x14ac:dyDescent="0.3">
-      <c r="A77" s="119" t="s">
+    <row r="77" spans="1:11" s="7" customFormat="1" ht="15.75" thickBot="1" x14ac:dyDescent="0.3">
+      <c r="A77" s="65" t="s">
         <v>9</v>
       </c>
-      <c r="B77" s="117" t="s">
+      <c r="B77" s="63" t="s">
         <v>10</v>
       </c>
-      <c r="C77" s="118"/>
-      <c r="D77" s="101">
+      <c r="C77" s="64"/>
+      <c r="D77" s="50">
         <f>SUM(E77:K77)</f>
         <v>301463.62800000003</v>
       </c>
-      <c r="E77" s="101">
+      <c r="E77" s="50">
         <f>SUM(E78:E81)</f>
         <v>14977.465</v>
       </c>
-      <c r="F77" s="101">
+      <c r="F77" s="50">
         <f t="shared" ref="F77:K77" si="41">SUM(F78:F81)</f>
         <v>0</v>
       </c>
-      <c r="G77" s="101">
+      <c r="G77" s="50">
         <f t="shared" si="41"/>
         <v>1371.8330000000001</v>
       </c>
-      <c r="H77" s="101">
+      <c r="H77" s="50">
         <f t="shared" si="41"/>
         <v>12401.029</v>
       </c>
-      <c r="I77" s="101">
+      <c r="I77" s="50">
         <f t="shared" si="41"/>
         <v>7366.1880000000001</v>
       </c>
-      <c r="J77" s="101">
+      <c r="J77" s="50">
         <f t="shared" si="41"/>
         <v>233524.37100000001</v>
       </c>
-      <c r="K77" s="102">
+      <c r="K77" s="51">
         <f t="shared" si="41"/>
         <v>31822.741999999998</v>
       </c>
     </row>
-    <row r="78" spans="1:11" s="32" customFormat="1" x14ac:dyDescent="0.25">
-[...4 lines deleted...]
-      <c r="C78" s="94">
+    <row r="78" spans="1:11" s="7" customFormat="1" x14ac:dyDescent="0.25">
+      <c r="A78" s="66"/>
+      <c r="B78" s="69" t="s">
+        <v>42</v>
+      </c>
+      <c r="C78" s="43">
         <v>2022</v>
       </c>
-      <c r="D78" s="78">
+      <c r="D78" s="29">
         <f t="shared" si="37"/>
         <v>282836.23700000002</v>
       </c>
-      <c r="E78" s="80">
+      <c r="E78" s="31">
         <v>13906.39</v>
       </c>
-      <c r="F78" s="81">
-[...2 lines deleted...]
-      <c r="G78" s="80">
+      <c r="F78" s="32">
+        <v>0</v>
+      </c>
+      <c r="G78" s="31">
         <v>1371.8330000000001</v>
       </c>
-      <c r="H78" s="80">
+      <c r="H78" s="31">
         <v>12059.378000000001</v>
       </c>
-      <c r="I78" s="80">
+      <c r="I78" s="31">
         <v>5278.5519999999997</v>
       </c>
-      <c r="J78" s="80">
+      <c r="J78" s="31">
         <v>219257.14600000001</v>
       </c>
-      <c r="K78" s="106">
+      <c r="K78" s="55">
         <v>30962.937999999998</v>
       </c>
     </row>
-    <row r="79" spans="1:11" s="32" customFormat="1" x14ac:dyDescent="0.25">
-[...2 lines deleted...]
-      <c r="C79" s="77">
+    <row r="79" spans="1:11" s="7" customFormat="1" x14ac:dyDescent="0.25">
+      <c r="A79" s="66"/>
+      <c r="B79" s="70"/>
+      <c r="C79" s="40">
         <v>2021</v>
       </c>
-      <c r="D79" s="78">
+      <c r="D79" s="29">
         <f t="shared" si="37"/>
         <v>13738.037</v>
       </c>
-      <c r="E79" s="80">
+      <c r="E79" s="31">
         <v>923.98599999999999</v>
       </c>
-      <c r="F79" s="81">
-[...8 lines deleted...]
-      <c r="I79" s="80">
+      <c r="F79" s="32">
+        <v>0</v>
+      </c>
+      <c r="G79" s="32">
+        <v>0</v>
+      </c>
+      <c r="H79" s="32">
+        <v>0</v>
+      </c>
+      <c r="I79" s="31">
         <v>2087.636</v>
       </c>
-      <c r="J79" s="80">
+      <c r="J79" s="31">
         <v>10018.576000000001</v>
       </c>
-      <c r="K79" s="106">
+      <c r="K79" s="55">
         <v>707.83900000000006</v>
       </c>
     </row>
-    <row r="80" spans="1:11" s="32" customFormat="1" x14ac:dyDescent="0.25">
-[...2 lines deleted...]
-      <c r="C80" s="77">
+    <row r="80" spans="1:11" s="7" customFormat="1" x14ac:dyDescent="0.25">
+      <c r="A80" s="66"/>
+      <c r="B80" s="70"/>
+      <c r="C80" s="40">
         <v>2020</v>
       </c>
-      <c r="D80" s="78">
+      <c r="D80" s="29">
         <f t="shared" si="37"/>
         <v>3139.4269999999997</v>
       </c>
-      <c r="E80" s="80">
+      <c r="E80" s="31">
         <v>62.451000000000001</v>
       </c>
-      <c r="F80" s="81">
-[...5 lines deleted...]
-      <c r="H80" s="80">
+      <c r="F80" s="32">
+        <v>0</v>
+      </c>
+      <c r="G80" s="32">
+        <v>0</v>
+      </c>
+      <c r="H80" s="31">
         <v>108.443</v>
       </c>
-      <c r="I80" s="81">
-[...2 lines deleted...]
-      <c r="J80" s="80">
+      <c r="I80" s="32">
+        <v>0</v>
+      </c>
+      <c r="J80" s="31">
         <v>2968.5329999999999</v>
       </c>
-      <c r="K80" s="107">
-[...6 lines deleted...]
-      <c r="C81" s="84">
+      <c r="K80" s="56">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="81" spans="1:11" s="7" customFormat="1" ht="15.75" thickBot="1" x14ac:dyDescent="0.3">
+      <c r="A81" s="68"/>
+      <c r="B81" s="72"/>
+      <c r="C81" s="41">
         <v>2019</v>
       </c>
-      <c r="D81" s="86">
+      <c r="D81" s="36">
         <f t="shared" si="37"/>
         <v>1749.9269999999999</v>
       </c>
-      <c r="E81" s="85">
+      <c r="E81" s="35">
         <v>84.638000000000005</v>
       </c>
-      <c r="F81" s="89">
-[...5 lines deleted...]
-      <c r="H81" s="85">
+      <c r="F81" s="39">
+        <v>0</v>
+      </c>
+      <c r="G81" s="39">
+        <v>0</v>
+      </c>
+      <c r="H81" s="35">
         <v>233.208</v>
       </c>
-      <c r="I81" s="89">
-[...2 lines deleted...]
-      <c r="J81" s="85">
+      <c r="I81" s="39">
+        <v>0</v>
+      </c>
+      <c r="J81" s="35">
         <v>1280.116</v>
       </c>
-      <c r="K81" s="108">
+      <c r="K81" s="57">
         <v>151.965</v>
       </c>
     </row>
-    <row r="82" spans="1:11" s="32" customFormat="1" ht="15.75" thickBot="1" x14ac:dyDescent="0.3">
-      <c r="A82" s="119" t="s">
+    <row r="82" spans="1:11" s="7" customFormat="1" ht="15.75" thickBot="1" x14ac:dyDescent="0.3">
+      <c r="A82" s="65" t="s">
         <v>8</v>
       </c>
-      <c r="B82" s="117" t="s">
+      <c r="B82" s="63" t="s">
         <v>10</v>
       </c>
-      <c r="C82" s="118"/>
-      <c r="D82" s="101">
+      <c r="C82" s="64"/>
+      <c r="D82" s="50">
         <f>SUM(E82:K82)</f>
         <v>294559.08899999998</v>
       </c>
-      <c r="E82" s="101">
+      <c r="E82" s="50">
         <f>SUM(E83:E86)</f>
         <v>16294.25</v>
       </c>
-      <c r="F82" s="101">
+      <c r="F82" s="50">
         <f t="shared" ref="F82:K82" si="42">SUM(F83:F86)</f>
         <v>0</v>
       </c>
-      <c r="G82" s="101">
+      <c r="G82" s="50">
         <f t="shared" si="42"/>
         <v>1288.252</v>
       </c>
-      <c r="H82" s="101">
+      <c r="H82" s="50">
         <f t="shared" si="42"/>
         <v>13679.625</v>
       </c>
-      <c r="I82" s="101">
+      <c r="I82" s="50">
         <f t="shared" si="42"/>
         <v>20861.147000000001</v>
       </c>
-      <c r="J82" s="101">
+      <c r="J82" s="50">
         <f t="shared" si="42"/>
         <v>217729.38699999999</v>
       </c>
-      <c r="K82" s="102">
+      <c r="K82" s="51">
         <f t="shared" si="42"/>
         <v>24706.427999999996</v>
       </c>
     </row>
-    <row r="83" spans="1:11" s="32" customFormat="1" x14ac:dyDescent="0.25">
-[...4 lines deleted...]
-      <c r="C83" s="94">
+    <row r="83" spans="1:11" s="7" customFormat="1" x14ac:dyDescent="0.25">
+      <c r="A83" s="66"/>
+      <c r="B83" s="69" t="s">
+        <v>42</v>
+      </c>
+      <c r="C83" s="43">
         <v>2022</v>
       </c>
-      <c r="D83" s="78">
+      <c r="D83" s="29">
         <f t="shared" si="37"/>
         <v>271495.56699999998</v>
       </c>
-      <c r="E83" s="79">
+      <c r="E83" s="30">
         <v>15089.825999999999</v>
       </c>
-      <c r="F83" s="82">
-[...2 lines deleted...]
-      <c r="G83" s="80">
+      <c r="F83" s="33">
+        <v>0</v>
+      </c>
+      <c r="G83" s="31">
         <v>1288.252</v>
       </c>
-      <c r="H83" s="80">
+      <c r="H83" s="31">
         <v>13327.377</v>
       </c>
-      <c r="I83" s="80">
+      <c r="I83" s="31">
         <v>18544.469000000001</v>
       </c>
-      <c r="J83" s="80">
+      <c r="J83" s="31">
         <v>199440.87299999999</v>
       </c>
-      <c r="K83" s="106">
+      <c r="K83" s="55">
         <v>23804.77</v>
       </c>
     </row>
-    <row r="84" spans="1:11" s="32" customFormat="1" x14ac:dyDescent="0.25">
-[...2 lines deleted...]
-      <c r="C84" s="77">
+    <row r="84" spans="1:11" s="7" customFormat="1" x14ac:dyDescent="0.25">
+      <c r="A84" s="66"/>
+      <c r="B84" s="70"/>
+      <c r="C84" s="40">
         <v>2021</v>
       </c>
-      <c r="D84" s="78">
+      <c r="D84" s="29">
         <f t="shared" si="37"/>
         <v>17383.021000000001</v>
       </c>
-      <c r="E84" s="79">
+      <c r="E84" s="30">
         <v>1057.335</v>
       </c>
-      <c r="F84" s="82">
-[...5 lines deleted...]
-      <c r="H84" s="80">
+      <c r="F84" s="33">
+        <v>0</v>
+      </c>
+      <c r="G84" s="32">
+        <v>0</v>
+      </c>
+      <c r="H84" s="31">
         <v>10.597</v>
       </c>
-      <c r="I84" s="80">
+      <c r="I84" s="31">
         <v>2316.6779999999999</v>
       </c>
-      <c r="J84" s="80">
+      <c r="J84" s="31">
         <v>13253.392</v>
       </c>
-      <c r="K84" s="106">
+      <c r="K84" s="55">
         <v>745.01900000000001</v>
       </c>
     </row>
-    <row r="85" spans="1:11" s="32" customFormat="1" x14ac:dyDescent="0.25">
-[...2 lines deleted...]
-      <c r="C85" s="77">
+    <row r="85" spans="1:11" s="7" customFormat="1" x14ac:dyDescent="0.25">
+      <c r="A85" s="66"/>
+      <c r="B85" s="70"/>
+      <c r="C85" s="40">
         <v>2020</v>
       </c>
-      <c r="D85" s="78">
+      <c r="D85" s="29">
         <f t="shared" si="37"/>
         <v>3647.482</v>
       </c>
-      <c r="E85" s="79">
+      <c r="E85" s="30">
         <v>62.451000000000001</v>
       </c>
-      <c r="F85" s="82">
-[...5 lines deleted...]
-      <c r="H85" s="80">
+      <c r="F85" s="33">
+        <v>0</v>
+      </c>
+      <c r="G85" s="32">
+        <v>0</v>
+      </c>
+      <c r="H85" s="31">
         <v>108.443</v>
       </c>
-      <c r="I85" s="81">
-[...2 lines deleted...]
-      <c r="J85" s="80">
+      <c r="I85" s="32">
+        <v>0</v>
+      </c>
+      <c r="J85" s="31">
         <v>3476.5880000000002</v>
       </c>
-      <c r="K85" s="107">
-[...6 lines deleted...]
-      <c r="C86" s="84">
+      <c r="K85" s="56">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="86" spans="1:11" s="7" customFormat="1" ht="15.75" thickBot="1" x14ac:dyDescent="0.3">
+      <c r="A86" s="68"/>
+      <c r="B86" s="72"/>
+      <c r="C86" s="41">
         <v>2019</v>
       </c>
-      <c r="D86" s="86">
+      <c r="D86" s="36">
         <f t="shared" si="37"/>
         <v>2033.0189999999957</v>
       </c>
-      <c r="E86" s="87">
+      <c r="E86" s="37">
         <v>84.638000000000005</v>
       </c>
-      <c r="F86" s="88">
-[...5 lines deleted...]
-      <c r="H86" s="85">
+      <c r="F86" s="38">
+        <v>0</v>
+      </c>
+      <c r="G86" s="39">
+        <v>0</v>
+      </c>
+      <c r="H86" s="35">
         <v>233.208</v>
       </c>
-      <c r="I86" s="89">
-[...2 lines deleted...]
-      <c r="J86" s="85">
+      <c r="I86" s="39">
+        <v>0</v>
+      </c>
+      <c r="J86" s="35">
         <v>1558.5340000000001</v>
       </c>
-      <c r="K86" s="108">
+      <c r="K86" s="57">
         <v>156.63899999999558</v>
       </c>
     </row>
-    <row r="87" spans="1:11" s="32" customFormat="1" ht="15.75" thickBot="1" x14ac:dyDescent="0.3">
-      <c r="A87" s="119" t="s">
+    <row r="87" spans="1:11" s="7" customFormat="1" ht="15.75" thickBot="1" x14ac:dyDescent="0.3">
+      <c r="A87" s="65" t="s">
         <v>7</v>
       </c>
-      <c r="B87" s="117" t="s">
+      <c r="B87" s="63" t="s">
         <v>10</v>
       </c>
-      <c r="C87" s="118"/>
-      <c r="D87" s="101">
+      <c r="C87" s="64"/>
+      <c r="D87" s="50">
         <f>SUM(E87:K87)</f>
         <v>287713.06199999998</v>
       </c>
-      <c r="E87" s="101">
+      <c r="E87" s="50">
         <f>SUM(E88:E91)</f>
         <v>18271.041000000001</v>
       </c>
-      <c r="F87" s="101">
+      <c r="F87" s="50">
         <f t="shared" ref="F87:K87" si="43">SUM(F88:F91)</f>
         <v>0</v>
       </c>
-      <c r="G87" s="101">
+      <c r="G87" s="50">
         <f t="shared" si="43"/>
         <v>1216.721</v>
       </c>
-      <c r="H87" s="101">
+      <c r="H87" s="50">
         <f t="shared" si="43"/>
         <v>10888.895</v>
       </c>
-      <c r="I87" s="101">
+      <c r="I87" s="50">
         <f t="shared" si="43"/>
         <v>18561.225999999999</v>
       </c>
-      <c r="J87" s="101">
+      <c r="J87" s="50">
         <f t="shared" si="43"/>
         <v>220421.533</v>
       </c>
-      <c r="K87" s="102">
+      <c r="K87" s="51">
         <f t="shared" si="43"/>
         <v>18353.646000000022</v>
       </c>
     </row>
-    <row r="88" spans="1:11" s="32" customFormat="1" x14ac:dyDescent="0.25">
-[...4 lines deleted...]
-      <c r="C88" s="93">
+    <row r="88" spans="1:11" s="7" customFormat="1" x14ac:dyDescent="0.25">
+      <c r="A88" s="66"/>
+      <c r="B88" s="69" t="s">
+        <v>42</v>
+      </c>
+      <c r="C88" s="43">
         <v>2022</v>
       </c>
-      <c r="D88" s="78">
+      <c r="D88" s="29">
         <f t="shared" si="37"/>
         <v>257628.52900000001</v>
       </c>
-      <c r="E88" s="79">
+      <c r="E88" s="30">
         <v>16614.269</v>
       </c>
-      <c r="F88" s="82">
-[...2 lines deleted...]
-      <c r="G88" s="80">
+      <c r="F88" s="33">
+        <v>0</v>
+      </c>
+      <c r="G88" s="31">
         <v>1216.721</v>
       </c>
-      <c r="H88" s="80">
+      <c r="H88" s="31">
         <v>10459.450000000001</v>
       </c>
-      <c r="I88" s="80">
+      <c r="I88" s="31">
         <v>15334.236999999999</v>
       </c>
-      <c r="J88" s="80">
+      <c r="J88" s="31">
         <v>196663.35</v>
       </c>
-      <c r="K88" s="106">
+      <c r="K88" s="55">
         <v>17340.502</v>
       </c>
     </row>
-    <row r="89" spans="1:11" s="32" customFormat="1" x14ac:dyDescent="0.25">
-[...2 lines deleted...]
-      <c r="C89" s="90">
+    <row r="89" spans="1:11" s="7" customFormat="1" x14ac:dyDescent="0.25">
+      <c r="A89" s="66"/>
+      <c r="B89" s="70"/>
+      <c r="C89" s="40">
         <v>2021</v>
       </c>
-      <c r="D89" s="78">
+      <c r="D89" s="29">
         <f t="shared" si="37"/>
         <v>23055.387999999999</v>
       </c>
-      <c r="E89" s="79">
+      <c r="E89" s="30">
         <v>1509.684</v>
       </c>
-      <c r="F89" s="82">
-[...5 lines deleted...]
-      <c r="H89" s="80">
+      <c r="F89" s="33">
+        <v>0</v>
+      </c>
+      <c r="G89" s="32">
+        <v>0</v>
+      </c>
+      <c r="H89" s="31">
         <v>65.793999999999997</v>
       </c>
-      <c r="I89" s="80">
+      <c r="I89" s="31">
         <v>3226.989</v>
       </c>
-      <c r="J89" s="80">
+      <c r="J89" s="31">
         <v>17396.927</v>
       </c>
-      <c r="K89" s="106">
+      <c r="K89" s="55">
         <v>855.99400000000003</v>
       </c>
     </row>
-    <row r="90" spans="1:11" s="32" customFormat="1" x14ac:dyDescent="0.25">
-[...2 lines deleted...]
-      <c r="C90" s="90">
+    <row r="90" spans="1:11" s="7" customFormat="1" x14ac:dyDescent="0.25">
+      <c r="A90" s="66"/>
+      <c r="B90" s="70"/>
+      <c r="C90" s="40">
         <v>2020</v>
       </c>
-      <c r="D90" s="78">
+      <c r="D90" s="29">
         <f t="shared" si="37"/>
         <v>4504.6309999999994</v>
       </c>
-      <c r="E90" s="79">
+      <c r="E90" s="30">
         <v>62.45</v>
       </c>
-      <c r="F90" s="82">
-[...5 lines deleted...]
-      <c r="H90" s="80">
+      <c r="F90" s="33">
+        <v>0</v>
+      </c>
+      <c r="G90" s="32">
+        <v>0</v>
+      </c>
+      <c r="H90" s="31">
         <v>123.289</v>
       </c>
-      <c r="I90" s="81">
-[...2 lines deleted...]
-      <c r="J90" s="80">
+      <c r="I90" s="32">
+        <v>0</v>
+      </c>
+      <c r="J90" s="31">
         <v>4318.8919999999998</v>
       </c>
-      <c r="K90" s="107">
-[...6 lines deleted...]
-      <c r="C91" s="91">
+      <c r="K90" s="56">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="91" spans="1:11" s="7" customFormat="1" ht="15.75" thickBot="1" x14ac:dyDescent="0.3">
+      <c r="A91" s="68"/>
+      <c r="B91" s="72"/>
+      <c r="C91" s="41">
         <v>2019</v>
       </c>
-      <c r="D91" s="86">
+      <c r="D91" s="36">
         <f t="shared" si="37"/>
         <v>2524.5140000000233</v>
       </c>
-      <c r="E91" s="87">
+      <c r="E91" s="37">
         <v>84.638000000000005</v>
       </c>
-      <c r="F91" s="88">
-[...5 lines deleted...]
-      <c r="H91" s="85">
+      <c r="F91" s="38">
+        <v>0</v>
+      </c>
+      <c r="G91" s="39">
+        <v>0</v>
+      </c>
+      <c r="H91" s="35">
         <v>240.36199999999999</v>
       </c>
-      <c r="I91" s="89">
-[...2 lines deleted...]
-      <c r="J91" s="85">
+      <c r="I91" s="39">
+        <v>0</v>
+      </c>
+      <c r="J91" s="35">
         <v>2042.364</v>
       </c>
-      <c r="K91" s="108">
+      <c r="K91" s="57">
         <v>157.15000000002328</v>
       </c>
     </row>
-    <row r="92" spans="1:11" s="32" customFormat="1" ht="15.75" thickBot="1" x14ac:dyDescent="0.3">
-      <c r="A92" s="119" t="s">
+    <row r="92" spans="1:11" s="7" customFormat="1" ht="15.75" thickBot="1" x14ac:dyDescent="0.3">
+      <c r="A92" s="65" t="s">
         <v>6</v>
       </c>
-      <c r="B92" s="117" t="s">
+      <c r="B92" s="63" t="s">
         <v>10</v>
       </c>
-      <c r="C92" s="118"/>
-      <c r="D92" s="101">
+      <c r="C92" s="64"/>
+      <c r="D92" s="50">
         <f>SUM(E92:K92)</f>
         <v>386192.42399999994</v>
       </c>
-      <c r="E92" s="101">
+      <c r="E92" s="50">
         <f>SUM(E93:E96)</f>
         <v>18699.284</v>
       </c>
-      <c r="F92" s="101">
+      <c r="F92" s="50">
         <f t="shared" ref="F92:K92" si="44">SUM(F93:F96)</f>
         <v>2.335</v>
       </c>
-      <c r="G92" s="101">
+      <c r="G92" s="50">
         <f t="shared" si="44"/>
         <v>3730.98</v>
       </c>
-      <c r="H92" s="101">
+      <c r="H92" s="50">
         <f t="shared" si="44"/>
         <v>12913.542000000001</v>
       </c>
-      <c r="I92" s="101">
+      <c r="I92" s="50">
         <f t="shared" si="44"/>
         <v>39836.946000000004</v>
       </c>
-      <c r="J92" s="101">
+      <c r="J92" s="50">
         <f t="shared" si="44"/>
         <v>272519.90699999995</v>
       </c>
-      <c r="K92" s="102">
+      <c r="K92" s="51">
         <f t="shared" si="44"/>
         <v>38489.430000000008</v>
       </c>
     </row>
-    <row r="93" spans="1:11" s="32" customFormat="1" x14ac:dyDescent="0.25">
-[...4 lines deleted...]
-      <c r="C93" s="93">
+    <row r="93" spans="1:11" s="7" customFormat="1" x14ac:dyDescent="0.25">
+      <c r="A93" s="66"/>
+      <c r="B93" s="69" t="s">
+        <v>42</v>
+      </c>
+      <c r="C93" s="43">
         <v>2022</v>
       </c>
-      <c r="D93" s="78">
+      <c r="D93" s="29">
         <f t="shared" si="37"/>
         <v>336539.57900000003</v>
       </c>
-      <c r="E93" s="79">
+      <c r="E93" s="30">
         <v>15276.710999999999</v>
       </c>
-      <c r="F93" s="79">
+      <c r="F93" s="30">
         <v>2.335</v>
       </c>
-      <c r="G93" s="80">
+      <c r="G93" s="31">
         <v>3436.5509999999999</v>
       </c>
-      <c r="H93" s="80">
+      <c r="H93" s="31">
         <v>12043.226000000001</v>
       </c>
-      <c r="I93" s="80">
+      <c r="I93" s="31">
         <v>34638.264000000003</v>
       </c>
-      <c r="J93" s="80">
+      <c r="J93" s="31">
         <v>236283.07399999999</v>
       </c>
-      <c r="K93" s="106">
+      <c r="K93" s="55">
         <f>34864.088-2.335</f>
         <v>34861.753000000004</v>
       </c>
     </row>
-    <row r="94" spans="1:11" s="32" customFormat="1" x14ac:dyDescent="0.25">
-[...2 lines deleted...]
-      <c r="C94" s="90">
+    <row r="94" spans="1:11" s="7" customFormat="1" x14ac:dyDescent="0.25">
+      <c r="A94" s="66"/>
+      <c r="B94" s="70"/>
+      <c r="C94" s="40">
         <v>2021</v>
       </c>
-      <c r="D94" s="78">
+      <c r="D94" s="29">
         <f t="shared" si="37"/>
         <v>42012.832999999999</v>
       </c>
-      <c r="E94" s="79">
+      <c r="E94" s="30">
         <v>3372.6970000000001</v>
       </c>
-      <c r="F94" s="82">
-[...2 lines deleted...]
-      <c r="G94" s="80">
+      <c r="F94" s="33">
+        <v>0</v>
+      </c>
+      <c r="G94" s="31">
         <v>294.42899999999997</v>
       </c>
-      <c r="H94" s="80">
+      <c r="H94" s="31">
         <v>504.25700000000001</v>
       </c>
-      <c r="I94" s="80">
+      <c r="I94" s="31">
         <v>5198.6820000000007</v>
       </c>
-      <c r="J94" s="80">
+      <c r="J94" s="31">
         <v>29471.418000000001</v>
       </c>
-      <c r="K94" s="106">
+      <c r="K94" s="55">
         <v>3171.35</v>
       </c>
     </row>
-    <row r="95" spans="1:11" s="32" customFormat="1" x14ac:dyDescent="0.25">
-[...2 lines deleted...]
-      <c r="C95" s="90">
+    <row r="95" spans="1:11" s="7" customFormat="1" x14ac:dyDescent="0.25">
+      <c r="A95" s="66"/>
+      <c r="B95" s="70"/>
+      <c r="C95" s="40">
         <v>2020</v>
       </c>
-      <c r="D95" s="78">
+      <c r="D95" s="29">
         <f t="shared" si="37"/>
         <v>4999.9260000000004</v>
       </c>
-      <c r="E95" s="79">
+      <c r="E95" s="30">
         <v>43.792999999999999</v>
       </c>
-      <c r="F95" s="82">
-[...5 lines deleted...]
-      <c r="H95" s="80">
+      <c r="F95" s="33">
+        <v>0</v>
+      </c>
+      <c r="G95" s="32">
+        <v>0</v>
+      </c>
+      <c r="H95" s="31">
         <v>80.885000000000005</v>
       </c>
-      <c r="I95" s="81">
-[...2 lines deleted...]
-      <c r="J95" s="80">
+      <c r="I95" s="32">
+        <v>0</v>
+      </c>
+      <c r="J95" s="31">
         <v>4653.5770000000002</v>
       </c>
-      <c r="K95" s="106">
+      <c r="K95" s="55">
         <v>221.67099999999999</v>
       </c>
     </row>
-    <row r="96" spans="1:11" s="32" customFormat="1" ht="15.75" thickBot="1" x14ac:dyDescent="0.3">
-[...2 lines deleted...]
-      <c r="C96" s="91">
+    <row r="96" spans="1:11" s="7" customFormat="1" ht="15.75" thickBot="1" x14ac:dyDescent="0.3">
+      <c r="A96" s="68"/>
+      <c r="B96" s="72"/>
+      <c r="C96" s="41">
         <v>2019</v>
       </c>
-      <c r="D96" s="86">
+      <c r="D96" s="36">
         <f t="shared" si="37"/>
         <v>2637.7510000000002</v>
       </c>
-      <c r="E96" s="87">
+      <c r="E96" s="37">
         <v>6.0830000000000002</v>
       </c>
-      <c r="F96" s="88">
-[...5 lines deleted...]
-      <c r="H96" s="85">
+      <c r="F96" s="38">
+        <v>0</v>
+      </c>
+      <c r="G96" s="39">
+        <v>0</v>
+      </c>
+      <c r="H96" s="35">
         <v>285.17399999999998</v>
       </c>
-      <c r="I96" s="89">
-[...2 lines deleted...]
-      <c r="J96" s="85">
+      <c r="I96" s="39">
+        <v>0</v>
+      </c>
+      <c r="J96" s="35">
         <v>2111.8380000000002</v>
       </c>
-      <c r="K96" s="108">
+      <c r="K96" s="57">
         <v>234.65600000000001</v>
       </c>
     </row>
-    <row r="97" spans="1:11" s="32" customFormat="1" ht="15.75" thickBot="1" x14ac:dyDescent="0.3">
-      <c r="A97" s="119" t="s">
+    <row r="97" spans="1:11" s="7" customFormat="1" ht="15.75" thickBot="1" x14ac:dyDescent="0.3">
+      <c r="A97" s="65" t="s">
         <v>5</v>
       </c>
-      <c r="B97" s="117" t="s">
+      <c r="B97" s="63" t="s">
         <v>10</v>
       </c>
-      <c r="C97" s="118"/>
-      <c r="D97" s="101">
+      <c r="C97" s="64"/>
+      <c r="D97" s="50">
         <f>SUM(E97:K97)</f>
         <v>356069.739</v>
       </c>
-      <c r="E97" s="101">
+      <c r="E97" s="50">
         <f>SUM(E98:E100)</f>
         <v>26194.791000000001</v>
       </c>
-      <c r="F97" s="101">
+      <c r="F97" s="50">
         <f t="shared" ref="F97:K97" si="45">SUM(F98:F100)</f>
         <v>0.88700000000000001</v>
       </c>
-      <c r="G97" s="101">
+      <c r="G97" s="50">
         <f t="shared" si="45"/>
         <v>11899.191000000001</v>
       </c>
-      <c r="H97" s="101">
+      <c r="H97" s="50">
         <f t="shared" si="45"/>
         <v>10728.358</v>
       </c>
-      <c r="I97" s="101">
+      <c r="I97" s="50">
         <f t="shared" si="45"/>
         <v>17510.829000000002</v>
       </c>
-      <c r="J97" s="101">
+      <c r="J97" s="50">
         <f t="shared" si="45"/>
         <v>238976.93800000002</v>
       </c>
-      <c r="K97" s="102">
+      <c r="K97" s="51">
         <f t="shared" si="45"/>
         <v>50758.745000000003</v>
       </c>
     </row>
-    <row r="98" spans="1:11" s="32" customFormat="1" x14ac:dyDescent="0.25">
-[...4 lines deleted...]
-      <c r="C98" s="93">
+    <row r="98" spans="1:11" s="7" customFormat="1" x14ac:dyDescent="0.25">
+      <c r="A98" s="66"/>
+      <c r="B98" s="69" t="s">
+        <v>42</v>
+      </c>
+      <c r="C98" s="43">
         <v>2021</v>
       </c>
-      <c r="D98" s="83">
+      <c r="D98" s="34">
         <f t="shared" si="37"/>
         <v>347726.69300000003</v>
       </c>
-      <c r="E98" s="80">
+      <c r="E98" s="31">
         <v>26144.915000000001</v>
       </c>
-      <c r="F98" s="80">
+      <c r="F98" s="31">
         <v>0.88700000000000001</v>
       </c>
-      <c r="G98" s="80">
+      <c r="G98" s="31">
         <v>11899.191000000001</v>
       </c>
-      <c r="H98" s="80">
+      <c r="H98" s="31">
         <v>10362.298000000001</v>
       </c>
-      <c r="I98" s="80">
+      <c r="I98" s="31">
         <v>17510.829000000002</v>
       </c>
-      <c r="J98" s="80">
+      <c r="J98" s="31">
         <v>231303.70600000001</v>
       </c>
-      <c r="K98" s="106">
+      <c r="K98" s="55">
         <f>50506.641-0.887</f>
         <v>50505.754000000001</v>
       </c>
     </row>
-    <row r="99" spans="1:11" s="32" customFormat="1" x14ac:dyDescent="0.25">
-[...2 lines deleted...]
-      <c r="C99" s="90">
+    <row r="99" spans="1:11" s="7" customFormat="1" x14ac:dyDescent="0.25">
+      <c r="A99" s="66"/>
+      <c r="B99" s="70"/>
+      <c r="C99" s="40">
         <v>2020</v>
       </c>
-      <c r="D99" s="83">
+      <c r="D99" s="34">
         <f t="shared" si="37"/>
         <v>5635.3130000000001</v>
       </c>
-      <c r="E99" s="80">
+      <c r="E99" s="31">
         <v>43.792999999999999</v>
       </c>
-      <c r="F99" s="81">
-[...5 lines deleted...]
-      <c r="H99" s="80">
+      <c r="F99" s="32">
+        <v>0</v>
+      </c>
+      <c r="G99" s="32">
+        <v>0</v>
+      </c>
+      <c r="H99" s="31">
         <v>138.13200000000001</v>
       </c>
-      <c r="I99" s="81">
-[...2 lines deleted...]
-      <c r="J99" s="80">
+      <c r="I99" s="32">
+        <v>0</v>
+      </c>
+      <c r="J99" s="31">
         <v>5434.7250000000004</v>
       </c>
-      <c r="K99" s="106">
+      <c r="K99" s="55">
         <v>18.663</v>
       </c>
     </row>
-    <row r="100" spans="1:11" s="32" customFormat="1" ht="15.75" thickBot="1" x14ac:dyDescent="0.3">
-[...2 lines deleted...]
-      <c r="C100" s="109">
+    <row r="100" spans="1:11" s="7" customFormat="1" ht="15.75" thickBot="1" x14ac:dyDescent="0.3">
+      <c r="A100" s="67"/>
+      <c r="B100" s="71"/>
+      <c r="C100" s="58">
         <v>2019</v>
       </c>
-      <c r="D100" s="110">
+      <c r="D100" s="59">
         <f t="shared" si="37"/>
         <v>2706.846</v>
       </c>
-      <c r="E100" s="111">
+      <c r="E100" s="60">
         <v>6.0830000000000002</v>
       </c>
-      <c r="F100" s="112">
-[...5 lines deleted...]
-      <c r="H100" s="111">
+      <c r="F100" s="61">
+        <v>0</v>
+      </c>
+      <c r="G100" s="61">
+        <v>0</v>
+      </c>
+      <c r="H100" s="60">
         <v>227.928</v>
       </c>
-      <c r="I100" s="112">
-[...2 lines deleted...]
-      <c r="J100" s="111">
+      <c r="I100" s="61">
+        <v>0</v>
+      </c>
+      <c r="J100" s="60">
         <v>2238.5070000000001</v>
       </c>
-      <c r="K100" s="113">
+      <c r="K100" s="62">
         <v>234.328</v>
       </c>
     </row>
-    <row r="101" spans="1:11" s="32" customFormat="1" x14ac:dyDescent="0.25">
-      <c r="E101" s="38"/>
+    <row r="101" spans="1:11" s="7" customFormat="1" x14ac:dyDescent="0.25">
+      <c r="E101" s="12"/>
     </row>
     <row r="102" spans="1:11" hidden="1" x14ac:dyDescent="0.25"/>
   </sheetData>
   <sortState ref="C4:K10">
     <sortCondition descending="1" ref="C10"/>
   </sortState>
   <mergeCells count="52">
     <mergeCell ref="A1:K1"/>
     <mergeCell ref="A5:A11"/>
     <mergeCell ref="B6:B11"/>
     <mergeCell ref="B53:C53"/>
     <mergeCell ref="B97:C97"/>
     <mergeCell ref="B92:C92"/>
     <mergeCell ref="B87:C87"/>
     <mergeCell ref="B82:C82"/>
     <mergeCell ref="E3:K3"/>
     <mergeCell ref="D3:D4"/>
     <mergeCell ref="A3:C4"/>
     <mergeCell ref="B26:C26"/>
     <mergeCell ref="B19:C19"/>
     <mergeCell ref="B12:C12"/>
     <mergeCell ref="B54:B58"/>
     <mergeCell ref="B46:C46"/>
     <mergeCell ref="B32:C32"/>
     <mergeCell ref="A12:A18"/>
@@ -5772,7583 +4983,2653 @@
     <mergeCell ref="A26:A31"/>
     <mergeCell ref="B98:B100"/>
     <mergeCell ref="B78:B81"/>
     <mergeCell ref="A92:A96"/>
     <mergeCell ref="B93:B96"/>
     <mergeCell ref="A71:A76"/>
     <mergeCell ref="B72:B76"/>
     <mergeCell ref="A46:A52"/>
     <mergeCell ref="B47:B52"/>
     <mergeCell ref="A87:A91"/>
     <mergeCell ref="B88:B91"/>
   </mergeCells>
   <printOptions horizontalCentered="1"/>
   <pageMargins left="0.98425196850393704" right="0.98425196850393704" top="0.78740157480314965" bottom="0.39370078740157483" header="0.19685039370078741" footer="0.19685039370078741"/>
   <pageSetup paperSize="9" fitToHeight="2" orientation="landscape" verticalDpi="0" r:id="rId1"/>
   <rowBreaks count="3" manualBreakCount="3">
     <brk id="31" max="16383" man="1"/>
     <brk id="58" max="16383" man="1"/>
     <brk id="81" max="16383" man="1"/>
   </rowBreaks>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet2.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" mc:Ignorable="x14ac">
-  <sheetPr>
-[...4931 lines deleted...]
-<worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" mc:Ignorable="x14ac">
   <dimension ref="A1:Q114"/>
   <sheetViews>
-    <sheetView zoomScaleNormal="100" workbookViewId="0">
-      <selection activeCell="K4" sqref="K4"/>
+    <sheetView tabSelected="1" zoomScaleNormal="100" workbookViewId="0">
+      <pane xSplit="1" ySplit="13" topLeftCell="B14" activePane="bottomRight" state="frozen"/>
+      <selection pane="topRight" activeCell="B1" sqref="B1"/>
+      <selection pane="bottomLeft" activeCell="A14" sqref="A14"/>
+      <selection pane="bottomRight" activeCell="B14" sqref="B14"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultColWidth="0" defaultRowHeight="15" zeroHeight="1" x14ac:dyDescent="0.25"/>
   <cols>
-    <col min="1" max="1" width="27.28515625" style="30" customWidth="1"/>
-[...8 lines deleted...]
-    <col min="18" max="16384" width="9.140625" style="32" hidden="1"/>
+    <col min="1" max="1" width="27.28515625" style="5" customWidth="1"/>
+    <col min="2" max="2" width="10.7109375" style="7" bestFit="1" customWidth="1"/>
+    <col min="3" max="7" width="10.140625" style="7" bestFit="1" customWidth="1"/>
+    <col min="8" max="8" width="11.7109375" style="7" customWidth="1"/>
+    <col min="9" max="9" width="10.140625" style="7" bestFit="1" customWidth="1"/>
+    <col min="10" max="11" width="11" style="7" bestFit="1" customWidth="1"/>
+    <col min="12" max="14" width="10.140625" style="7" bestFit="1" customWidth="1"/>
+    <col min="15" max="15" width="3.7109375" style="7" customWidth="1"/>
+    <col min="16" max="17" width="0" style="7" hidden="1" customWidth="1"/>
+    <col min="18" max="16384" width="9.140625" style="7" hidden="1"/>
   </cols>
   <sheetData>
-    <row r="1" spans="1:14" s="29" customFormat="1" ht="20.100000000000001" customHeight="1" x14ac:dyDescent="0.25">
-[...16 lines deleted...]
-        <v>45</v>
+    <row r="1" spans="1:14" s="4" customFormat="1" ht="20.100000000000001" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A1" s="26" t="s">
+        <v>23</v>
+      </c>
+      <c r="B1" s="26"/>
+      <c r="C1" s="26"/>
+      <c r="D1" s="26"/>
+      <c r="E1" s="26"/>
+      <c r="F1" s="26"/>
+      <c r="G1" s="26"/>
+      <c r="H1" s="26"/>
+      <c r="I1" s="26"/>
+      <c r="J1" s="26"/>
+      <c r="K1" s="26"/>
+      <c r="L1" s="26"/>
+      <c r="M1" s="26"/>
+      <c r="N1" s="27" t="s">
+        <v>34</v>
       </c>
     </row>
     <row r="2" spans="1:14" x14ac:dyDescent="0.25">
-      <c r="A2" s="40"/>
-[...36 lines deleted...]
-      <c r="N2" s="48" t="s">
+      <c r="A2" s="14"/>
+      <c r="B2" s="21" t="s">
+        <v>0</v>
+      </c>
+      <c r="C2" s="21" t="s">
+        <v>0</v>
+      </c>
+      <c r="D2" s="21" t="s">
+        <v>0</v>
+      </c>
+      <c r="E2" s="21" t="s">
+        <v>0</v>
+      </c>
+      <c r="F2" s="21" t="s">
+        <v>0</v>
+      </c>
+      <c r="G2" s="21" t="s">
+        <v>0</v>
+      </c>
+      <c r="H2" s="21" t="s">
+        <v>0</v>
+      </c>
+      <c r="I2" s="22" t="s">
+        <v>0</v>
+      </c>
+      <c r="J2" s="22" t="s">
+        <v>0</v>
+      </c>
+      <c r="K2" s="22" t="s">
+        <v>0</v>
+      </c>
+      <c r="L2" s="22" t="s">
+        <v>0</v>
+      </c>
+      <c r="M2" s="22" t="s">
+        <v>0</v>
+      </c>
+      <c r="N2" s="22" t="s">
         <v>0</v>
       </c>
     </row>
     <row r="3" spans="1:14" x14ac:dyDescent="0.25">
-      <c r="A3" s="43"/>
-      <c r="B3" s="50">
+      <c r="A3" s="17"/>
+      <c r="B3" s="24">
         <v>45658</v>
       </c>
-      <c r="C3" s="50">
+      <c r="C3" s="24">
         <v>45689</v>
       </c>
-      <c r="D3" s="50">
+      <c r="D3" s="24">
         <v>45717</v>
       </c>
-      <c r="E3" s="50">
+      <c r="E3" s="24">
         <v>45748</v>
       </c>
-      <c r="F3" s="50">
+      <c r="F3" s="24">
         <v>45778</v>
       </c>
-      <c r="G3" s="50">
+      <c r="G3" s="24">
         <v>45809</v>
       </c>
-      <c r="H3" s="50">
+      <c r="H3" s="24">
         <v>45839</v>
       </c>
-      <c r="I3" s="50">
+      <c r="I3" s="24">
         <v>45870</v>
       </c>
-      <c r="J3" s="50">
+      <c r="J3" s="24">
         <v>45901</v>
       </c>
-      <c r="K3" s="51">
+      <c r="K3" s="25">
         <v>45931</v>
       </c>
-      <c r="L3" s="51">
+      <c r="L3" s="25">
         <v>45962</v>
       </c>
-      <c r="M3" s="51">
+      <c r="M3" s="25">
         <v>45992</v>
       </c>
-      <c r="N3" s="51">
+      <c r="N3" s="25">
         <v>45658</v>
       </c>
     </row>
     <row r="4" spans="1:14" ht="25.5" x14ac:dyDescent="0.25">
-      <c r="A4" s="31" t="s">
-[...2 lines deleted...]
-      <c r="B4" s="2">
+      <c r="A4" s="6" t="s">
+        <v>31</v>
+      </c>
+      <c r="B4" s="1">
         <f>SUM(B5:B12)</f>
         <v>627295.80131999997</v>
       </c>
-      <c r="C4" s="2">
+      <c r="C4" s="1">
         <f t="shared" ref="C4:N4" si="0">SUM(C5:C12)</f>
         <v>704712.98706000007</v>
       </c>
-      <c r="D4" s="2">
+      <c r="D4" s="1">
         <f t="shared" si="0"/>
         <v>730614.76540999988</v>
       </c>
-      <c r="E4" s="2">
+      <c r="E4" s="1">
         <f t="shared" si="0"/>
         <v>673396.94831000001</v>
       </c>
-      <c r="F4" s="2">
+      <c r="F4" s="1">
         <f t="shared" si="0"/>
         <v>639160.31929000001</v>
       </c>
-      <c r="G4" s="2">
+      <c r="G4" s="1">
         <f t="shared" si="0"/>
         <v>636426.17893000005</v>
       </c>
-      <c r="H4" s="2">
+      <c r="H4" s="1">
         <f t="shared" si="0"/>
         <v>583635.65486999997</v>
       </c>
-      <c r="I4" s="2">
+      <c r="I4" s="1">
         <f t="shared" si="0"/>
         <v>580969.39426000009</v>
       </c>
-      <c r="J4" s="2">
+      <c r="J4" s="1">
         <f t="shared" si="0"/>
         <v>577269.75</v>
       </c>
-      <c r="K4" s="2">
+      <c r="K4" s="1">
         <f t="shared" si="0"/>
         <v>576465.40700000001</v>
       </c>
-      <c r="L4" s="2">
+      <c r="L4" s="1">
         <f t="shared" si="0"/>
         <v>0</v>
       </c>
-      <c r="M4" s="2">
+      <c r="M4" s="1">
         <f t="shared" si="0"/>
         <v>0</v>
       </c>
-      <c r="N4" s="2">
+      <c r="N4" s="1">
         <f t="shared" si="0"/>
         <v>0</v>
       </c>
     </row>
     <row r="5" spans="1:14" x14ac:dyDescent="0.25">
-      <c r="A5" s="33" t="s">
+      <c r="A5" s="8" t="s">
         <v>1</v>
       </c>
-      <c r="B5" s="4">
+      <c r="B5" s="2">
         <v>3169.4140000000002</v>
       </c>
-      <c r="C5" s="4">
+      <c r="C5" s="2">
         <v>2495.9540000000002</v>
       </c>
-      <c r="D5" s="4">
+      <c r="D5" s="2">
         <v>2807.7669999999998</v>
       </c>
-      <c r="E5" s="4">
+      <c r="E5" s="2">
         <v>2173.0479999999998</v>
       </c>
-      <c r="F5" s="4">
+      <c r="F5" s="2">
         <v>1865.213</v>
       </c>
-      <c r="G5" s="4">
+      <c r="G5" s="2">
         <v>1714.961</v>
       </c>
-      <c r="H5" s="4">
+      <c r="H5" s="2">
         <v>1750.3889999999999</v>
       </c>
-      <c r="I5" s="4">
+      <c r="I5" s="2">
         <v>1672.768</v>
       </c>
-      <c r="J5" s="4">
+      <c r="J5" s="2">
         <v>1614.2360000000001</v>
       </c>
-      <c r="K5" s="4">
+      <c r="K5" s="2">
         <v>1725.355</v>
       </c>
-      <c r="L5" s="4"/>
-[...1 lines deleted...]
-      <c r="N5" s="4"/>
+      <c r="L5" s="2"/>
+      <c r="M5" s="2"/>
+      <c r="N5" s="2"/>
     </row>
     <row r="6" spans="1:14" x14ac:dyDescent="0.25">
-      <c r="A6" s="34" t="s">
-[...8 lines deleted...]
-      <c r="D6" s="4">
+      <c r="A6" s="9" t="s">
+        <v>17</v>
+      </c>
+      <c r="B6" s="28">
+        <v>0</v>
+      </c>
+      <c r="C6" s="28">
+        <v>0</v>
+      </c>
+      <c r="D6" s="2">
         <v>1.155</v>
       </c>
-      <c r="E6" s="64">
-[...2 lines deleted...]
-      <c r="F6" s="4">
+      <c r="E6" s="28">
+        <v>0</v>
+      </c>
+      <c r="F6" s="2">
         <v>1.9710000000000001</v>
       </c>
-      <c r="G6" s="4">
+      <c r="G6" s="2">
         <v>0.59199999999999997</v>
       </c>
-      <c r="H6" s="64">
-[...8 lines deleted...]
-      <c r="K6" s="4">
+      <c r="H6" s="28">
+        <v>0</v>
+      </c>
+      <c r="I6" s="28">
+        <v>0</v>
+      </c>
+      <c r="J6" s="28">
+        <v>0</v>
+      </c>
+      <c r="K6" s="2">
         <v>3.2130000000000001</v>
       </c>
-      <c r="L6" s="64"/>
-[...1 lines deleted...]
-      <c r="N6" s="64"/>
+      <c r="L6" s="28"/>
+      <c r="M6" s="28"/>
+      <c r="N6" s="28"/>
     </row>
     <row r="7" spans="1:14" x14ac:dyDescent="0.25">
-      <c r="A7" s="34" t="s">
+      <c r="A7" s="9" t="s">
         <v>2</v>
       </c>
-      <c r="B7" s="5">
+      <c r="B7" s="3">
         <v>2746.2739999999999</v>
       </c>
-      <c r="C7" s="5">
+      <c r="C7" s="3">
         <v>1885.28</v>
       </c>
-      <c r="D7" s="5">
+      <c r="D7" s="3">
         <v>2080.5250000000001</v>
       </c>
-      <c r="E7" s="5">
+      <c r="E7" s="3">
         <v>2583.212</v>
       </c>
-      <c r="F7" s="5">
+      <c r="F7" s="3">
         <v>2622.07</v>
       </c>
-      <c r="G7" s="4">
+      <c r="G7" s="2">
         <v>2318.328</v>
       </c>
-      <c r="H7" s="5">
+      <c r="H7" s="3">
         <v>2289.413</v>
       </c>
-      <c r="I7" s="5">
+      <c r="I7" s="3">
         <v>2067.2069999999999</v>
       </c>
-      <c r="J7" s="5">
+      <c r="J7" s="3">
         <v>2387.498</v>
       </c>
-      <c r="K7" s="5">
+      <c r="K7" s="3">
         <v>2118.4650000000001</v>
       </c>
-      <c r="L7" s="5"/>
-[...1 lines deleted...]
-      <c r="N7" s="5"/>
+      <c r="L7" s="3"/>
+      <c r="M7" s="3"/>
+      <c r="N7" s="3"/>
     </row>
     <row r="8" spans="1:14" x14ac:dyDescent="0.25">
-      <c r="A8" s="34" t="s">
+      <c r="A8" s="9" t="s">
         <v>3</v>
       </c>
-      <c r="B8" s="5">
+      <c r="B8" s="3">
         <v>56211.42</v>
       </c>
-      <c r="C8" s="5">
+      <c r="C8" s="3">
         <v>59493.887000000002</v>
       </c>
-      <c r="D8" s="5">
+      <c r="D8" s="3">
         <v>62871.360999999997</v>
       </c>
-      <c r="E8" s="5">
+      <c r="E8" s="3">
         <v>61410.35</v>
       </c>
-      <c r="F8" s="5">
+      <c r="F8" s="3">
         <v>60950.097000000002</v>
       </c>
-      <c r="G8" s="5">
+      <c r="G8" s="3">
         <v>63501.453999999998</v>
       </c>
-      <c r="H8" s="5">
+      <c r="H8" s="3">
         <v>61668.239000000001</v>
       </c>
-      <c r="I8" s="5">
+      <c r="I8" s="3">
         <v>61523.953000000001</v>
       </c>
-      <c r="J8" s="5">
+      <c r="J8" s="3">
         <v>59209.53</v>
       </c>
-      <c r="K8" s="5">
+      <c r="K8" s="3">
         <v>59614.595000000001</v>
       </c>
-      <c r="L8" s="5"/>
-[...1 lines deleted...]
-      <c r="N8" s="5"/>
+      <c r="L8" s="3"/>
+      <c r="M8" s="3"/>
+      <c r="N8" s="3"/>
     </row>
     <row r="9" spans="1:14" ht="25.5" x14ac:dyDescent="0.25">
-      <c r="A9" s="34" t="s">
-[...2 lines deleted...]
-      <c r="B9" s="5">
+      <c r="A9" s="9" t="s">
+        <v>33</v>
+      </c>
+      <c r="B9" s="3">
         <v>2276.058</v>
       </c>
-      <c r="C9" s="5">
+      <c r="C9" s="3">
         <v>15993.47</v>
       </c>
-      <c r="D9" s="5">
+      <c r="D9" s="3">
         <v>14394.174000000001</v>
       </c>
-      <c r="E9" s="5">
+      <c r="E9" s="3">
         <v>11303.099</v>
       </c>
-      <c r="F9" s="5">
+      <c r="F9" s="3">
         <v>10756.151</v>
       </c>
-      <c r="G9" s="5">
+      <c r="G9" s="3">
         <v>8140.6639999999998</v>
       </c>
-      <c r="H9" s="5">
+      <c r="H9" s="3">
         <v>6556.7610000000004</v>
       </c>
-      <c r="I9" s="5">
+      <c r="I9" s="3">
         <v>7023.0789999999997</v>
       </c>
-      <c r="J9" s="5">
+      <c r="J9" s="3">
         <v>6912.7820000000002</v>
       </c>
-      <c r="K9" s="5">
+      <c r="K9" s="3">
         <v>6727.0370000000003</v>
       </c>
-      <c r="L9" s="5"/>
-[...1 lines deleted...]
-      <c r="N9" s="5"/>
+      <c r="L9" s="3"/>
+      <c r="M9" s="3"/>
+      <c r="N9" s="3"/>
     </row>
     <row r="10" spans="1:14" ht="25.5" x14ac:dyDescent="0.25">
-      <c r="A10" s="34" t="s">
-[...2 lines deleted...]
-      <c r="B10" s="5">
+      <c r="A10" s="9" t="s">
+        <v>32</v>
+      </c>
+      <c r="B10" s="3">
         <v>5969.768</v>
       </c>
-      <c r="C10" s="5">
+      <c r="C10" s="3">
         <v>46508</v>
       </c>
-      <c r="D10" s="5">
+      <c r="D10" s="3">
         <v>54591.071000000004</v>
       </c>
-      <c r="E10" s="5">
+      <c r="E10" s="3">
         <v>44129.279999999999</v>
       </c>
-      <c r="F10" s="5">
+      <c r="F10" s="3">
         <v>35613.06</v>
       </c>
-      <c r="G10" s="5">
+      <c r="G10" s="3">
         <v>29448.795999999998</v>
       </c>
-      <c r="H10" s="5">
+      <c r="H10" s="3">
         <v>22388.344000000001</v>
       </c>
-      <c r="I10" s="5">
+      <c r="I10" s="3">
         <v>20250.740000000002</v>
       </c>
-      <c r="J10" s="5">
+      <c r="J10" s="3">
         <v>18038.973000000002</v>
       </c>
-      <c r="K10" s="5">
+      <c r="K10" s="3">
         <v>20803.612000000001</v>
       </c>
-      <c r="L10" s="5"/>
-[...1 lines deleted...]
-      <c r="N10" s="5"/>
+      <c r="L10" s="3"/>
+      <c r="M10" s="3"/>
+      <c r="N10" s="3"/>
     </row>
     <row r="11" spans="1:14" x14ac:dyDescent="0.25">
-      <c r="A11" s="34" t="s">
-[...2 lines deleted...]
-      <c r="B11" s="5">
+      <c r="A11" s="9" t="s">
+        <v>18</v>
+      </c>
+      <c r="B11" s="3">
         <v>511613.82432000001</v>
       </c>
-      <c r="C11" s="5">
+      <c r="C11" s="3">
         <v>529812.06906000001</v>
       </c>
-      <c r="D11" s="5">
+      <c r="D11" s="3">
         <v>543967.87040999997</v>
       </c>
-      <c r="E11" s="5">
+      <c r="E11" s="3">
         <v>506376.01331000001</v>
       </c>
-      <c r="F11" s="5">
+      <c r="F11" s="3">
         <v>491015.59529000003</v>
       </c>
-      <c r="G11" s="5">
+      <c r="G11" s="3">
         <v>497439.17093000002</v>
       </c>
-      <c r="H11" s="5">
+      <c r="H11" s="3">
         <v>453099.88987000001</v>
       </c>
-      <c r="I11" s="5">
+      <c r="I11" s="3">
         <v>452854.07526000001</v>
       </c>
-      <c r="J11" s="5">
+      <c r="J11" s="3">
         <v>453520.90700000001</v>
       </c>
-      <c r="K11" s="5">
+      <c r="K11" s="3">
         <v>441199.93199999997</v>
       </c>
-      <c r="L11" s="5"/>
-[...1 lines deleted...]
-      <c r="N11" s="5"/>
+      <c r="L11" s="3"/>
+      <c r="M11" s="3"/>
+      <c r="N11" s="3"/>
     </row>
     <row r="12" spans="1:14" x14ac:dyDescent="0.25">
-      <c r="A12" s="34" t="s">
+      <c r="A12" s="9" t="s">
         <v>4</v>
       </c>
-      <c r="B12" s="5">
+      <c r="B12" s="3">
         <v>45309.042999999998</v>
       </c>
-      <c r="C12" s="5">
+      <c r="C12" s="3">
         <v>48524.326999999997</v>
       </c>
-      <c r="D12" s="5">
+      <c r="D12" s="3">
         <v>49900.841999999997</v>
       </c>
-      <c r="E12" s="5">
+      <c r="E12" s="3">
         <v>45421.946000000004</v>
       </c>
-      <c r="F12" s="5">
+      <c r="F12" s="3">
         <v>36336.161999999997</v>
       </c>
-      <c r="G12" s="5">
+      <c r="G12" s="3">
         <v>33862.213000000003</v>
       </c>
-      <c r="H12" s="5">
+      <c r="H12" s="3">
         <v>35882.618999999999</v>
       </c>
-      <c r="I12" s="5">
+      <c r="I12" s="3">
         <v>35577.572</v>
       </c>
-      <c r="J12" s="5">
+      <c r="J12" s="3">
         <v>35585.824000000001</v>
       </c>
-      <c r="K12" s="5">
+      <c r="K12" s="3">
         <v>44273.197999999997</v>
       </c>
-      <c r="L12" s="5"/>
-[...1 lines deleted...]
-      <c r="N12" s="5"/>
+      <c r="L12" s="3"/>
+      <c r="M12" s="3"/>
+      <c r="N12" s="3"/>
     </row>
     <row r="13" spans="1:14" x14ac:dyDescent="0.25">
-      <c r="A13" s="158"/>
-[...31 lines deleted...]
-        <v>45</v>
+      <c r="A13" s="86"/>
+      <c r="B13" s="87"/>
+      <c r="C13" s="87"/>
+      <c r="D13" s="87"/>
+      <c r="E13" s="87"/>
+      <c r="F13" s="87"/>
+      <c r="G13" s="87"/>
+      <c r="H13" s="87"/>
+      <c r="I13" s="87"/>
+      <c r="J13" s="87"/>
+      <c r="K13" s="87"/>
+      <c r="L13" s="87"/>
+      <c r="M13" s="87"/>
+      <c r="N13" s="87"/>
+    </row>
+    <row r="14" spans="1:14" s="4" customFormat="1" ht="20.100000000000001" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A14" s="26" t="s">
+        <v>22</v>
+      </c>
+      <c r="B14" s="26"/>
+      <c r="C14" s="26"/>
+      <c r="D14" s="26"/>
+      <c r="E14" s="26"/>
+      <c r="F14" s="26"/>
+      <c r="G14" s="26"/>
+      <c r="H14" s="26"/>
+      <c r="I14" s="26"/>
+      <c r="J14" s="26"/>
+      <c r="K14" s="26"/>
+      <c r="L14" s="26"/>
+      <c r="M14" s="26"/>
+      <c r="N14" s="27" t="s">
+        <v>34</v>
       </c>
     </row>
     <row r="15" spans="1:14" x14ac:dyDescent="0.25">
-      <c r="A15" s="40"/>
-[...36 lines deleted...]
-      <c r="N15" s="48" t="s">
+      <c r="A15" s="14"/>
+      <c r="B15" s="21" t="s">
+        <v>0</v>
+      </c>
+      <c r="C15" s="21" t="s">
+        <v>0</v>
+      </c>
+      <c r="D15" s="21" t="s">
+        <v>0</v>
+      </c>
+      <c r="E15" s="21" t="s">
+        <v>0</v>
+      </c>
+      <c r="F15" s="21" t="s">
+        <v>0</v>
+      </c>
+      <c r="G15" s="21" t="s">
+        <v>0</v>
+      </c>
+      <c r="H15" s="21" t="s">
+        <v>0</v>
+      </c>
+      <c r="I15" s="22" t="s">
+        <v>0</v>
+      </c>
+      <c r="J15" s="22" t="s">
+        <v>0</v>
+      </c>
+      <c r="K15" s="22" t="s">
+        <v>0</v>
+      </c>
+      <c r="L15" s="22" t="s">
+        <v>0</v>
+      </c>
+      <c r="M15" s="22" t="s">
+        <v>0</v>
+      </c>
+      <c r="N15" s="22" t="s">
         <v>0</v>
       </c>
     </row>
     <row r="16" spans="1:14" x14ac:dyDescent="0.25">
-      <c r="A16" s="43"/>
-      <c r="B16" s="50">
+      <c r="A16" s="17"/>
+      <c r="B16" s="24">
         <v>45292</v>
       </c>
-      <c r="C16" s="50">
+      <c r="C16" s="24">
         <v>45323</v>
       </c>
-      <c r="D16" s="50">
+      <c r="D16" s="24">
         <v>45352</v>
       </c>
-      <c r="E16" s="50">
+      <c r="E16" s="24">
         <v>45383</v>
       </c>
-      <c r="F16" s="50">
+      <c r="F16" s="24">
         <v>45413</v>
       </c>
-      <c r="G16" s="50">
+      <c r="G16" s="24">
         <v>45444</v>
       </c>
-      <c r="H16" s="50">
+      <c r="H16" s="24">
         <v>45474</v>
       </c>
-      <c r="I16" s="50">
+      <c r="I16" s="24">
         <v>45505</v>
       </c>
-      <c r="J16" s="50">
+      <c r="J16" s="24">
         <v>45536</v>
       </c>
-      <c r="K16" s="51">
+      <c r="K16" s="25">
         <v>45566</v>
       </c>
-      <c r="L16" s="51">
+      <c r="L16" s="25">
         <v>45597</v>
       </c>
-      <c r="M16" s="51">
+      <c r="M16" s="25">
         <v>45627</v>
       </c>
-      <c r="N16" s="51">
+      <c r="N16" s="25">
         <v>45658</v>
       </c>
     </row>
     <row r="17" spans="1:14" ht="25.5" x14ac:dyDescent="0.25">
-      <c r="A17" s="31" t="s">
-[...2 lines deleted...]
-      <c r="B17" s="2">
+      <c r="A17" s="6" t="s">
+        <v>31</v>
+      </c>
+      <c r="B17" s="1">
         <f>SUM(B18:B25)</f>
         <v>491136.95264999999</v>
       </c>
-      <c r="C17" s="2">
+      <c r="C17" s="1">
         <f t="shared" ref="C17:N17" si="1">SUM(C18:C25)</f>
         <v>542751.12005999999</v>
       </c>
-      <c r="D17" s="2">
+      <c r="D17" s="1">
         <f t="shared" si="1"/>
         <v>497288.25235000002</v>
       </c>
-      <c r="E17" s="2">
+      <c r="E17" s="1">
         <f t="shared" si="1"/>
         <v>496165.48601999995</v>
       </c>
-      <c r="F17" s="2">
+      <c r="F17" s="1">
         <f t="shared" si="1"/>
         <v>442623.18198999995</v>
       </c>
-      <c r="G17" s="2">
+      <c r="G17" s="1">
         <f t="shared" si="1"/>
         <v>430752.43842000008</v>
       </c>
-      <c r="H17" s="2">
+      <c r="H17" s="1">
         <f t="shared" si="1"/>
         <v>514003.75296000007</v>
       </c>
-      <c r="I17" s="2">
+      <c r="I17" s="1">
         <f t="shared" si="1"/>
         <v>515644.61242999998</v>
       </c>
-      <c r="J17" s="2">
+      <c r="J17" s="1">
         <f>SUM(J18:J25)</f>
         <v>561010.61032000009</v>
       </c>
-      <c r="K17" s="2">
+      <c r="K17" s="1">
         <f t="shared" si="1"/>
         <v>554803.20178</v>
       </c>
-      <c r="L17" s="2">
+      <c r="L17" s="1">
         <f t="shared" si="1"/>
         <v>595336.35034999996</v>
       </c>
-      <c r="M17" s="2">
+      <c r="M17" s="1">
         <f t="shared" si="1"/>
         <v>652617.17677000002</v>
       </c>
-      <c r="N17" s="2">
+      <c r="N17" s="1">
         <f t="shared" si="1"/>
         <v>627295.80131999997</v>
       </c>
     </row>
     <row r="18" spans="1:14" x14ac:dyDescent="0.25">
-      <c r="A18" s="33" t="s">
+      <c r="A18" s="8" t="s">
         <v>1</v>
       </c>
-      <c r="B18" s="4">
+      <c r="B18" s="2">
         <v>6654.5379999999996</v>
       </c>
-      <c r="C18" s="4">
+      <c r="C18" s="2">
         <v>5086.6459999999997</v>
       </c>
-      <c r="D18" s="4">
+      <c r="D18" s="2">
         <v>3677.502</v>
       </c>
-      <c r="E18" s="4">
+      <c r="E18" s="2">
         <v>3831.7190000000001</v>
       </c>
-      <c r="F18" s="4">
+      <c r="F18" s="2">
         <v>2898.674</v>
       </c>
-      <c r="G18" s="4">
+      <c r="G18" s="2">
         <v>2002.972</v>
       </c>
-      <c r="H18" s="4">
+      <c r="H18" s="2">
         <v>2191.9409999999998</v>
       </c>
-      <c r="I18" s="4">
+      <c r="I18" s="2">
         <v>2474.2930000000001</v>
       </c>
-      <c r="J18" s="4">
+      <c r="J18" s="2">
         <v>2643.4839999999999</v>
       </c>
-      <c r="K18" s="4">
+      <c r="K18" s="2">
         <v>2429.9189999999999</v>
       </c>
-      <c r="L18" s="4">
+      <c r="L18" s="2">
         <v>2685.3980000000001</v>
       </c>
-      <c r="M18" s="4">
+      <c r="M18" s="2">
         <v>2837.0709999999999</v>
       </c>
-      <c r="N18" s="4">
+      <c r="N18" s="2">
         <v>3169.4140000000002</v>
       </c>
     </row>
     <row r="19" spans="1:14" x14ac:dyDescent="0.25">
-      <c r="A19" s="34" t="s">
-[...17 lines deleted...]
-      <c r="G19" s="4">
+      <c r="A19" s="9" t="s">
+        <v>17</v>
+      </c>
+      <c r="B19" s="28">
+        <v>0</v>
+      </c>
+      <c r="C19" s="28">
+        <v>0</v>
+      </c>
+      <c r="D19" s="28">
+        <v>0</v>
+      </c>
+      <c r="E19" s="28">
+        <v>0</v>
+      </c>
+      <c r="F19" s="28">
+        <v>0</v>
+      </c>
+      <c r="G19" s="2">
         <v>0.34599999999999997</v>
       </c>
-      <c r="H19" s="64">
-[...2 lines deleted...]
-      <c r="I19" s="4">
+      <c r="H19" s="28">
+        <v>0</v>
+      </c>
+      <c r="I19" s="2">
         <v>0.65800000000000003</v>
       </c>
-      <c r="J19" s="64">
-[...11 lines deleted...]
-      <c r="N19" s="64">
+      <c r="J19" s="28">
+        <v>0</v>
+      </c>
+      <c r="K19" s="28">
+        <v>0</v>
+      </c>
+      <c r="L19" s="28">
+        <v>0</v>
+      </c>
+      <c r="M19" s="28">
+        <v>0</v>
+      </c>
+      <c r="N19" s="28">
         <v>0</v>
       </c>
     </row>
     <row r="20" spans="1:14" x14ac:dyDescent="0.25">
-      <c r="A20" s="34" t="s">
+      <c r="A20" s="9" t="s">
         <v>2</v>
       </c>
-      <c r="B20" s="5">
+      <c r="B20" s="3">
         <v>1540.134</v>
       </c>
-      <c r="C20" s="5">
+      <c r="C20" s="3">
         <v>1882.039</v>
       </c>
-      <c r="D20" s="5">
+      <c r="D20" s="3">
         <v>1417.355</v>
       </c>
-      <c r="E20" s="5">
+      <c r="E20" s="3">
         <v>1377.34</v>
       </c>
-      <c r="F20" s="5">
+      <c r="F20" s="3">
         <v>1126.3</v>
       </c>
-      <c r="G20" s="5">
+      <c r="G20" s="3">
         <v>909.85699999999997</v>
       </c>
-      <c r="H20" s="5">
+      <c r="H20" s="3">
         <v>1020.8680000000001</v>
       </c>
-      <c r="I20" s="5">
+      <c r="I20" s="3">
         <v>1323.5840000000001</v>
       </c>
-      <c r="J20" s="5">
+      <c r="J20" s="3">
         <v>1314.8879999999999</v>
       </c>
-      <c r="K20" s="5">
+      <c r="K20" s="3">
         <v>1581.194</v>
       </c>
-      <c r="L20" s="5">
+      <c r="L20" s="3">
         <v>2484.1280000000002</v>
       </c>
-      <c r="M20" s="5">
+      <c r="M20" s="3">
         <v>3402.0650000000001</v>
       </c>
-      <c r="N20" s="5">
+      <c r="N20" s="3">
         <v>2746.2739999999999</v>
       </c>
     </row>
     <row r="21" spans="1:14" x14ac:dyDescent="0.25">
-      <c r="A21" s="34" t="s">
+      <c r="A21" s="9" t="s">
         <v>3</v>
       </c>
-      <c r="B21" s="5">
+      <c r="B21" s="3">
         <v>16448.773000000001</v>
       </c>
-      <c r="C21" s="5">
+      <c r="C21" s="3">
         <v>18223.036</v>
       </c>
-      <c r="D21" s="5">
+      <c r="D21" s="3">
         <v>29312.722000000002</v>
       </c>
-      <c r="E21" s="5">
+      <c r="E21" s="3">
         <v>40114.947999999997</v>
       </c>
-      <c r="F21" s="5">
+      <c r="F21" s="3">
         <v>48484.837</v>
       </c>
-      <c r="G21" s="5">
+      <c r="G21" s="3">
         <v>54174.050999999999</v>
       </c>
-      <c r="H21" s="5">
+      <c r="H21" s="3">
         <v>55725.78</v>
       </c>
-      <c r="I21" s="5">
+      <c r="I21" s="3">
         <v>54692.447</v>
       </c>
-      <c r="J21" s="5">
+      <c r="J21" s="3">
         <v>57485.436000000002</v>
       </c>
-      <c r="K21" s="5">
+      <c r="K21" s="3">
         <v>56475.661</v>
       </c>
-      <c r="L21" s="5">
+      <c r="L21" s="3">
         <v>58314.860999999997</v>
       </c>
-      <c r="M21" s="5">
+      <c r="M21" s="3">
         <v>61160.241999999998</v>
       </c>
-      <c r="N21" s="5">
+      <c r="N21" s="3">
         <v>56211.42</v>
       </c>
     </row>
     <row r="22" spans="1:14" ht="25.5" x14ac:dyDescent="0.25">
-      <c r="A22" s="34" t="s">
-[...2 lines deleted...]
-      <c r="B22" s="5">
+      <c r="A22" s="9" t="s">
+        <v>33</v>
+      </c>
+      <c r="B22" s="3">
         <v>6040.7190000000001</v>
       </c>
-      <c r="C22" s="5">
+      <c r="C22" s="3">
         <v>11915.058000000001</v>
       </c>
-      <c r="D22" s="5">
+      <c r="D22" s="3">
         <v>10974.04</v>
       </c>
-      <c r="E22" s="5">
+      <c r="E22" s="3">
         <v>8935.1470000000008</v>
       </c>
-      <c r="F22" s="5">
+      <c r="F22" s="3">
         <v>6530.1769999999997</v>
       </c>
-      <c r="G22" s="5">
+      <c r="G22" s="3">
         <v>4020.953</v>
       </c>
-      <c r="H22" s="5">
+      <c r="H22" s="3">
         <v>4303.2470000000003</v>
       </c>
-      <c r="I22" s="5">
+      <c r="I22" s="3">
         <v>4562.4260000000004</v>
       </c>
-      <c r="J22" s="5">
+      <c r="J22" s="3">
         <v>5008.9399999999996</v>
       </c>
-      <c r="K22" s="5">
+      <c r="K22" s="3">
         <v>5686.4650000000001</v>
       </c>
-      <c r="L22" s="5">
+      <c r="L22" s="3">
         <v>8149.1790000000001</v>
       </c>
-      <c r="M22" s="5">
+      <c r="M22" s="3">
         <v>9773.6149999999998</v>
       </c>
-      <c r="N22" s="5">
+      <c r="N22" s="3">
         <v>2276.058</v>
       </c>
     </row>
     <row r="23" spans="1:14" ht="25.5" x14ac:dyDescent="0.25">
-      <c r="A23" s="34" t="s">
-[...2 lines deleted...]
-      <c r="B23" s="5">
+      <c r="A23" s="9" t="s">
+        <v>32</v>
+      </c>
+      <c r="B23" s="3">
         <v>4610.0649999999996</v>
       </c>
-      <c r="C23" s="5">
+      <c r="C23" s="3">
         <v>32103.695</v>
       </c>
-      <c r="D23" s="5">
+      <c r="D23" s="3">
         <v>29447.915000000001</v>
       </c>
-      <c r="E23" s="5">
+      <c r="E23" s="3">
         <v>27420.36</v>
       </c>
-      <c r="F23" s="5">
+      <c r="F23" s="3">
         <v>20990.741999999998</v>
       </c>
-      <c r="G23" s="5">
+      <c r="G23" s="3">
         <v>18312.742999999999</v>
       </c>
-      <c r="H23" s="5">
+      <c r="H23" s="3">
         <v>15150.494000000001</v>
       </c>
-      <c r="I23" s="5">
+      <c r="I23" s="3">
         <v>13687.93</v>
       </c>
-      <c r="J23" s="5">
+      <c r="J23" s="3">
         <v>16291.615</v>
       </c>
-      <c r="K23" s="5">
+      <c r="K23" s="3">
         <v>19891.810000000001</v>
       </c>
-      <c r="L23" s="5">
+      <c r="L23" s="3">
         <v>29069.26</v>
       </c>
-      <c r="M23" s="5">
+      <c r="M23" s="3">
         <v>39862.197</v>
       </c>
-      <c r="N23" s="5">
+      <c r="N23" s="3">
         <v>5969.768</v>
       </c>
     </row>
     <row r="24" spans="1:14" x14ac:dyDescent="0.25">
-      <c r="A24" s="34" t="s">
-[...2 lines deleted...]
-      <c r="B24" s="5">
+      <c r="A24" s="9" t="s">
+        <v>18</v>
+      </c>
+      <c r="B24" s="3">
         <v>416795.38565000001</v>
       </c>
-      <c r="C24" s="5">
+      <c r="C24" s="3">
         <v>432517.96205999999</v>
       </c>
-      <c r="D24" s="5">
+      <c r="D24" s="3">
         <v>382654.86535000004</v>
       </c>
-      <c r="E24" s="5">
+      <c r="E24" s="3">
         <v>377099.65101999999</v>
       </c>
-      <c r="F24" s="5">
+      <c r="F24" s="3">
         <v>334573.16699</v>
       </c>
-      <c r="G24" s="5">
+      <c r="G24" s="3">
         <v>325019.99642000004</v>
       </c>
-      <c r="H24" s="5">
+      <c r="H24" s="3">
         <v>405632.10696000006</v>
       </c>
-      <c r="I24" s="5">
+      <c r="I24" s="3">
         <v>411519.09343000001</v>
       </c>
-      <c r="J24" s="5">
+      <c r="J24" s="3">
         <v>445750.41132000001</v>
       </c>
-      <c r="K24" s="5">
+      <c r="K24" s="3">
         <v>436006.26777999999</v>
       </c>
-      <c r="L24" s="5">
+      <c r="L24" s="3">
         <v>461935.50634999998</v>
       </c>
-      <c r="M24" s="5">
+      <c r="M24" s="3">
         <v>494831.78976999997</v>
       </c>
-      <c r="N24" s="5">
+      <c r="N24" s="3">
         <v>511613.82432000001</v>
       </c>
     </row>
     <row r="25" spans="1:14" x14ac:dyDescent="0.25">
-      <c r="A25" s="34" t="s">
+      <c r="A25" s="9" t="s">
         <v>4</v>
       </c>
-      <c r="B25" s="5">
+      <c r="B25" s="3">
         <v>39047.338000000003</v>
       </c>
-      <c r="C25" s="5">
+      <c r="C25" s="3">
         <v>41022.684000000001</v>
       </c>
-      <c r="D25" s="5">
+      <c r="D25" s="3">
         <v>39803.853000000003</v>
       </c>
-      <c r="E25" s="5">
+      <c r="E25" s="3">
         <v>37386.321000000004</v>
       </c>
-      <c r="F25" s="5">
+      <c r="F25" s="3">
         <v>28019.285</v>
       </c>
-      <c r="G25" s="5">
+      <c r="G25" s="3">
         <v>26311.52</v>
       </c>
-      <c r="H25" s="5">
+      <c r="H25" s="3">
         <v>29979.315999999999</v>
       </c>
-      <c r="I25" s="5">
+      <c r="I25" s="3">
         <v>27384.181</v>
       </c>
-      <c r="J25" s="5">
+      <c r="J25" s="3">
         <v>32515.835999999999</v>
       </c>
-      <c r="K25" s="5">
+      <c r="K25" s="3">
         <v>32731.884999999998</v>
       </c>
-      <c r="L25" s="5">
+      <c r="L25" s="3">
         <v>32698.018</v>
       </c>
-      <c r="M25" s="5">
+      <c r="M25" s="3">
         <v>40750.197</v>
       </c>
-      <c r="N25" s="5">
+      <c r="N25" s="3">
         <v>45309.042999999998</v>
       </c>
     </row>
     <row r="26" spans="1:14" x14ac:dyDescent="0.25"/>
-    <row r="27" spans="1:14" s="29" customFormat="1" ht="20.100000000000001" customHeight="1" x14ac:dyDescent="0.25">
-[...16 lines deleted...]
-        <v>45</v>
+    <row r="27" spans="1:14" s="4" customFormat="1" ht="20.100000000000001" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A27" s="26" t="s">
+        <v>20</v>
+      </c>
+      <c r="B27" s="26"/>
+      <c r="C27" s="26"/>
+      <c r="D27" s="26"/>
+      <c r="E27" s="26"/>
+      <c r="F27" s="26"/>
+      <c r="G27" s="26"/>
+      <c r="H27" s="26"/>
+      <c r="I27" s="26"/>
+      <c r="J27" s="26"/>
+      <c r="K27" s="26"/>
+      <c r="L27" s="26"/>
+      <c r="M27" s="26"/>
+      <c r="N27" s="27" t="s">
+        <v>34</v>
       </c>
     </row>
     <row r="28" spans="1:14" x14ac:dyDescent="0.25">
-      <c r="A28" s="40"/>
-[...36 lines deleted...]
-      <c r="N28" s="48" t="s">
+      <c r="A28" s="14"/>
+      <c r="B28" s="21" t="s">
+        <v>0</v>
+      </c>
+      <c r="C28" s="21" t="s">
+        <v>0</v>
+      </c>
+      <c r="D28" s="21" t="s">
+        <v>0</v>
+      </c>
+      <c r="E28" s="21" t="s">
+        <v>0</v>
+      </c>
+      <c r="F28" s="21" t="s">
+        <v>0</v>
+      </c>
+      <c r="G28" s="21" t="s">
+        <v>0</v>
+      </c>
+      <c r="H28" s="21" t="s">
+        <v>0</v>
+      </c>
+      <c r="I28" s="22" t="s">
+        <v>0</v>
+      </c>
+      <c r="J28" s="22" t="s">
+        <v>0</v>
+      </c>
+      <c r="K28" s="22" t="s">
+        <v>0</v>
+      </c>
+      <c r="L28" s="22" t="s">
+        <v>0</v>
+      </c>
+      <c r="M28" s="22" t="s">
+        <v>0</v>
+      </c>
+      <c r="N28" s="22" t="s">
         <v>0</v>
       </c>
     </row>
     <row r="29" spans="1:14" x14ac:dyDescent="0.25">
-      <c r="A29" s="43"/>
-      <c r="B29" s="50">
+      <c r="A29" s="17"/>
+      <c r="B29" s="24">
         <v>44927</v>
       </c>
-      <c r="C29" s="50">
+      <c r="C29" s="24">
         <v>44958</v>
       </c>
-      <c r="D29" s="50">
+      <c r="D29" s="24">
         <v>44986</v>
       </c>
-      <c r="E29" s="50">
+      <c r="E29" s="24">
         <v>45017</v>
       </c>
-      <c r="F29" s="50">
+      <c r="F29" s="24">
         <v>45047</v>
       </c>
-      <c r="G29" s="50">
+      <c r="G29" s="24">
         <v>45078</v>
       </c>
-      <c r="H29" s="50">
+      <c r="H29" s="24">
         <v>45108</v>
       </c>
-      <c r="I29" s="50">
+      <c r="I29" s="24">
         <v>45139</v>
       </c>
-      <c r="J29" s="50">
+      <c r="J29" s="24">
         <v>45170</v>
       </c>
-      <c r="K29" s="51">
+      <c r="K29" s="25">
         <v>45200</v>
       </c>
-      <c r="L29" s="51">
+      <c r="L29" s="25">
         <v>45231</v>
       </c>
-      <c r="M29" s="51">
+      <c r="M29" s="25">
         <v>45261</v>
       </c>
-      <c r="N29" s="51">
+      <c r="N29" s="25">
         <v>45292</v>
       </c>
     </row>
     <row r="30" spans="1:14" ht="25.5" x14ac:dyDescent="0.25">
-      <c r="A30" s="31" t="s">
-[...2 lines deleted...]
-      <c r="B30" s="2">
+      <c r="A30" s="6" t="s">
+        <v>31</v>
+      </c>
+      <c r="B30" s="1">
         <f>SUM(B31:B38)</f>
         <v>301463.59999999998</v>
       </c>
-      <c r="C30" s="2">
+      <c r="C30" s="1">
         <f t="shared" ref="C30:M30" si="2">SUM(C31:C38)</f>
         <v>349189.2</v>
       </c>
-      <c r="D30" s="2">
+      <c r="D30" s="1">
         <f t="shared" si="2"/>
         <v>364031.6</v>
       </c>
-      <c r="E30" s="2">
+      <c r="E30" s="1">
         <f t="shared" si="2"/>
         <v>356913.1</v>
       </c>
-      <c r="F30" s="2">
+      <c r="F30" s="1">
         <f t="shared" si="2"/>
         <v>351924.8</v>
       </c>
-      <c r="G30" s="2">
+      <c r="G30" s="1">
         <f t="shared" si="2"/>
         <v>316385.5</v>
       </c>
-      <c r="H30" s="2">
+      <c r="H30" s="1">
         <f t="shared" si="2"/>
         <v>373480.9</v>
       </c>
-      <c r="I30" s="2">
+      <c r="I30" s="1">
         <f t="shared" si="2"/>
         <v>396292.8</v>
       </c>
-      <c r="J30" s="2">
+      <c r="J30" s="1">
         <f t="shared" si="2"/>
         <v>419351.3</v>
       </c>
-      <c r="K30" s="2">
+      <c r="K30" s="1">
         <f t="shared" si="2"/>
         <v>414532.07299999997</v>
       </c>
-      <c r="L30" s="2">
+      <c r="L30" s="1">
         <f t="shared" si="2"/>
         <v>445701.37729999993</v>
       </c>
-      <c r="M30" s="2">
+      <c r="M30" s="1">
         <f t="shared" si="2"/>
         <v>488405.59937000001</v>
       </c>
-      <c r="N30" s="2">
+      <c r="N30" s="1">
         <f>SUM(N31:N38)</f>
         <v>491136.95264999999</v>
       </c>
     </row>
     <row r="31" spans="1:14" x14ac:dyDescent="0.25">
-      <c r="A31" s="33" t="s">
+      <c r="A31" s="8" t="s">
         <v>1</v>
       </c>
-      <c r="B31" s="4">
+      <c r="B31" s="2">
         <v>14977.5</v>
       </c>
-      <c r="C31" s="4">
+      <c r="C31" s="2">
         <v>14730.6</v>
       </c>
-      <c r="D31" s="4">
+      <c r="D31" s="2">
         <v>14299.2</v>
       </c>
-      <c r="E31" s="4">
+      <c r="E31" s="2">
         <v>15514.2</v>
       </c>
-      <c r="F31" s="4">
+      <c r="F31" s="2">
         <v>10272.9</v>
       </c>
-      <c r="G31" s="4">
+      <c r="G31" s="2">
         <v>9363.2000000000007</v>
       </c>
-      <c r="H31" s="4">
+      <c r="H31" s="2">
         <v>8584</v>
       </c>
-      <c r="I31" s="4">
+      <c r="I31" s="2">
         <v>9180.6</v>
       </c>
-      <c r="J31" s="4">
+      <c r="J31" s="2">
         <v>10041.1</v>
       </c>
-      <c r="K31" s="4">
+      <c r="K31" s="2">
         <v>7213.2870000000003</v>
       </c>
-      <c r="L31" s="4">
+      <c r="L31" s="2">
         <v>7943.9340000000002</v>
       </c>
-      <c r="M31" s="4">
+      <c r="M31" s="2">
         <v>6388.12</v>
       </c>
-      <c r="N31" s="4">
+      <c r="N31" s="2">
         <v>6654.5379999999996</v>
       </c>
     </row>
     <row r="32" spans="1:14" x14ac:dyDescent="0.25">
-      <c r="A32" s="34" t="s">
-[...11 lines deleted...]
-      <c r="E32" s="4">
+      <c r="A32" s="9" t="s">
+        <v>17</v>
+      </c>
+      <c r="B32" s="28">
+        <v>0</v>
+      </c>
+      <c r="C32" s="28">
+        <v>0</v>
+      </c>
+      <c r="D32" s="28">
+        <v>0</v>
+      </c>
+      <c r="E32" s="2">
         <v>0.1</v>
       </c>
-      <c r="F32" s="4">
+      <c r="F32" s="2">
         <v>0.3</v>
       </c>
-      <c r="G32" s="4">
+      <c r="G32" s="2">
         <v>0.3</v>
       </c>
-      <c r="H32" s="4">
+      <c r="H32" s="2">
         <v>0.3</v>
       </c>
-      <c r="I32" s="4">
+      <c r="I32" s="2">
         <v>0.3</v>
       </c>
-      <c r="J32" s="4">
+      <c r="J32" s="2">
         <v>0.8</v>
       </c>
-      <c r="K32" s="64">
-[...5 lines deleted...]
-      <c r="M32" s="4">
+      <c r="K32" s="28">
+        <v>0</v>
+      </c>
+      <c r="L32" s="28">
+        <v>0</v>
+      </c>
+      <c r="M32" s="2">
         <v>0.27300000000000002</v>
       </c>
-      <c r="N32" s="64">
+      <c r="N32" s="28">
         <v>0</v>
       </c>
     </row>
     <row r="33" spans="1:14" x14ac:dyDescent="0.25">
-      <c r="A33" s="34" t="s">
+      <c r="A33" s="9" t="s">
         <v>2</v>
       </c>
-      <c r="B33" s="5">
+      <c r="B33" s="3">
         <v>1371.8</v>
       </c>
-      <c r="C33" s="5">
+      <c r="C33" s="3">
         <v>1881.1</v>
       </c>
-      <c r="D33" s="5">
+      <c r="D33" s="3">
         <v>1933.9</v>
       </c>
-      <c r="E33" s="5">
+      <c r="E33" s="3">
         <v>1270.5</v>
       </c>
-      <c r="F33" s="5">
+      <c r="F33" s="3">
         <v>1283.8</v>
       </c>
-      <c r="G33" s="5">
+      <c r="G33" s="3">
         <v>1193</v>
       </c>
-      <c r="H33" s="5">
+      <c r="H33" s="3">
         <v>1056.4000000000001</v>
       </c>
-      <c r="I33" s="5">
+      <c r="I33" s="3">
         <v>1338.4</v>
       </c>
-      <c r="J33" s="5">
+      <c r="J33" s="3">
         <v>1474.8</v>
       </c>
-      <c r="K33" s="5">
+      <c r="K33" s="3">
         <v>2338.6869999999999</v>
       </c>
-      <c r="L33" s="5">
+      <c r="L33" s="3">
         <v>2331.8330000000001</v>
       </c>
-      <c r="M33" s="5">
+      <c r="M33" s="3">
         <v>2426.2809999999999</v>
       </c>
-      <c r="N33" s="5">
+      <c r="N33" s="3">
         <v>1540.134</v>
       </c>
     </row>
     <row r="34" spans="1:14" x14ac:dyDescent="0.25">
-      <c r="A34" s="34" t="s">
+      <c r="A34" s="9" t="s">
         <v>3</v>
       </c>
-      <c r="B34" s="5">
+      <c r="B34" s="3">
         <v>12323</v>
       </c>
-      <c r="C34" s="5">
+      <c r="C34" s="3">
         <v>14098.9</v>
       </c>
-      <c r="D34" s="5">
+      <c r="D34" s="3">
         <v>15760.5</v>
       </c>
-      <c r="E34" s="5">
+      <c r="E34" s="3">
         <v>14533.6</v>
       </c>
-      <c r="F34" s="5">
+      <c r="F34" s="3">
         <v>15295.2</v>
       </c>
-      <c r="G34" s="5">
+      <c r="G34" s="3">
         <v>13275.3</v>
       </c>
-      <c r="H34" s="5">
+      <c r="H34" s="3">
         <v>15512.2</v>
       </c>
-      <c r="I34" s="5">
+      <c r="I34" s="3">
         <v>14090.3</v>
       </c>
-      <c r="J34" s="5">
+      <c r="J34" s="3">
         <v>16359.8</v>
       </c>
-      <c r="K34" s="5">
+      <c r="K34" s="3">
         <v>16063.528</v>
       </c>
-      <c r="L34" s="5">
+      <c r="L34" s="3">
         <v>16989.899000000001</v>
       </c>
-      <c r="M34" s="5">
+      <c r="M34" s="3">
         <v>19526.168000000001</v>
       </c>
-      <c r="N34" s="5">
+      <c r="N34" s="3">
         <v>16448.773000000001</v>
       </c>
     </row>
     <row r="35" spans="1:14" ht="25.5" x14ac:dyDescent="0.25">
-      <c r="A35" s="34" t="s">
-[...2 lines deleted...]
-      <c r="B35" s="5">
+      <c r="A35" s="9" t="s">
+        <v>33</v>
+      </c>
+      <c r="B35" s="3">
         <v>3740.1</v>
       </c>
-      <c r="C35" s="5">
+      <c r="C35" s="3">
         <v>13274.2</v>
       </c>
-      <c r="D35" s="5">
+      <c r="D35" s="3">
         <v>15810.7</v>
       </c>
-      <c r="E35" s="5">
+      <c r="E35" s="3">
         <v>12488.2</v>
       </c>
-      <c r="F35" s="5">
+      <c r="F35" s="3">
         <v>12301.1</v>
       </c>
-      <c r="G35" s="5">
+      <c r="G35" s="3">
         <v>13208.7</v>
       </c>
-      <c r="H35" s="5">
+      <c r="H35" s="3">
         <v>10609.6</v>
       </c>
-      <c r="I35" s="5">
+      <c r="I35" s="3">
         <v>10715</v>
       </c>
-      <c r="J35" s="5">
+      <c r="J35" s="3">
         <v>9793.6</v>
       </c>
-      <c r="K35" s="5">
+      <c r="K35" s="3">
         <v>10834.842000000001</v>
       </c>
-      <c r="L35" s="5">
+      <c r="L35" s="3">
         <v>11496.227000000001</v>
       </c>
-      <c r="M35" s="5">
+      <c r="M35" s="3">
         <v>13421.325000000001</v>
       </c>
-      <c r="N35" s="5">
+      <c r="N35" s="3">
         <v>6040.7190000000001</v>
       </c>
     </row>
     <row r="36" spans="1:14" ht="25.5" x14ac:dyDescent="0.25">
-      <c r="A36" s="34" t="s">
-[...2 lines deleted...]
-      <c r="B36" s="5">
+      <c r="A36" s="9" t="s">
+        <v>32</v>
+      </c>
+      <c r="B36" s="3">
         <v>3474.6</v>
       </c>
-      <c r="C36" s="5">
+      <c r="C36" s="3">
         <v>23436.9</v>
       </c>
-      <c r="D36" s="5">
+      <c r="D36" s="3">
         <v>28415.5</v>
       </c>
-      <c r="E36" s="5">
+      <c r="E36" s="3">
         <v>28244.9</v>
       </c>
-      <c r="F36" s="5">
+      <c r="F36" s="3">
         <v>26022.9</v>
       </c>
-      <c r="G36" s="5">
+      <c r="G36" s="3">
         <v>21975.7</v>
       </c>
-      <c r="H36" s="5">
+      <c r="H36" s="3">
         <v>15611.5</v>
       </c>
-      <c r="I36" s="5">
+      <c r="I36" s="3">
         <v>14732.1</v>
       </c>
-      <c r="J36" s="5">
+      <c r="J36" s="3">
         <v>14252.1</v>
       </c>
-      <c r="K36" s="5">
+      <c r="K36" s="3">
         <v>16893.571</v>
       </c>
-      <c r="L36" s="5">
+      <c r="L36" s="3">
         <v>21817.973999999998</v>
       </c>
-      <c r="M36" s="5">
+      <c r="M36" s="3">
         <v>27838.946</v>
       </c>
-      <c r="N36" s="5">
+      <c r="N36" s="3">
         <v>4610.0649999999996</v>
       </c>
     </row>
     <row r="37" spans="1:14" x14ac:dyDescent="0.25">
-      <c r="A37" s="34" t="s">
-[...2 lines deleted...]
-      <c r="B37" s="5">
+      <c r="A37" s="9" t="s">
+        <v>18</v>
+      </c>
+      <c r="B37" s="3">
         <v>233524.4</v>
       </c>
-      <c r="C37" s="5">
+      <c r="C37" s="3">
         <v>233524.4</v>
       </c>
-      <c r="D37" s="5">
+      <c r="D37" s="3">
         <v>252906.6</v>
       </c>
-      <c r="E37" s="5">
+      <c r="E37" s="3">
         <v>256429.3</v>
       </c>
-      <c r="F37" s="5">
+      <c r="F37" s="3">
         <v>258379.3</v>
       </c>
-      <c r="G37" s="5">
+      <c r="G37" s="3">
         <v>236244.8</v>
       </c>
-      <c r="H37" s="5">
+      <c r="H37" s="3">
         <v>299777.09999999998</v>
       </c>
-      <c r="I37" s="5">
+      <c r="I37" s="3">
         <v>323285.7</v>
       </c>
-      <c r="J37" s="5">
+      <c r="J37" s="3">
         <v>341253.7</v>
       </c>
-      <c r="K37" s="5">
+      <c r="K37" s="3">
         <v>334379.66399999999</v>
       </c>
-      <c r="L37" s="5">
+      <c r="L37" s="3">
         <v>352232.18729999999</v>
       </c>
-      <c r="M37" s="5">
+      <c r="M37" s="3">
         <v>385353.91236999998</v>
       </c>
-      <c r="N37" s="5">
+      <c r="N37" s="3">
         <v>416795.38565000001</v>
       </c>
     </row>
     <row r="38" spans="1:14" x14ac:dyDescent="0.25">
-      <c r="A38" s="34" t="s">
+      <c r="A38" s="9" t="s">
         <v>4</v>
       </c>
-      <c r="B38" s="5">
+      <c r="B38" s="3">
         <v>32052.199999999953</v>
       </c>
-      <c r="C38" s="5">
+      <c r="C38" s="3">
         <v>48243.100000000035</v>
       </c>
-      <c r="D38" s="5">
+      <c r="D38" s="3">
         <v>34905.199999999953</v>
       </c>
-      <c r="E38" s="5">
+      <c r="E38" s="3">
         <v>28432.299999999988</v>
       </c>
-      <c r="F38" s="5">
+      <c r="F38" s="3">
         <v>28369.299999999988</v>
       </c>
-      <c r="G38" s="5">
+      <c r="G38" s="3">
         <v>21124.5</v>
       </c>
-      <c r="H38" s="5">
+      <c r="H38" s="3">
         <v>22329.800000000047</v>
       </c>
-      <c r="I38" s="5">
+      <c r="I38" s="3">
         <v>22950.399999999965</v>
       </c>
-      <c r="J38" s="5">
+      <c r="J38" s="3">
         <v>26175.399999999965</v>
       </c>
-      <c r="K38" s="5">
+      <c r="K38" s="3">
         <v>26808.494000000006</v>
       </c>
-      <c r="L38" s="5">
+      <c r="L38" s="3">
         <v>32889.322999999997</v>
       </c>
-      <c r="M38" s="5">
+      <c r="M38" s="3">
         <v>33450.574000000001</v>
       </c>
-      <c r="N38" s="5">
+      <c r="N38" s="3">
         <v>39047.338000000003</v>
       </c>
     </row>
     <row r="39" spans="1:14" x14ac:dyDescent="0.25">
-      <c r="B39" s="38"/>
-[...30 lines deleted...]
-        <v>45</v>
+      <c r="B39" s="12"/>
+      <c r="C39" s="12"/>
+      <c r="D39" s="12"/>
+      <c r="E39" s="12"/>
+      <c r="F39" s="12"/>
+      <c r="G39" s="12"/>
+      <c r="H39" s="12"/>
+      <c r="I39" s="12"/>
+      <c r="J39" s="12"/>
+      <c r="K39" s="12"/>
+      <c r="L39" s="13"/>
+      <c r="M39" s="13"/>
+      <c r="N39" s="13"/>
+    </row>
+    <row r="40" spans="1:14" s="4" customFormat="1" ht="20.100000000000001" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A40" s="26" t="s">
+        <v>19</v>
+      </c>
+      <c r="B40" s="26"/>
+      <c r="C40" s="26"/>
+      <c r="D40" s="26"/>
+      <c r="E40" s="26"/>
+      <c r="F40" s="26"/>
+      <c r="G40" s="26"/>
+      <c r="H40" s="26"/>
+      <c r="I40" s="26"/>
+      <c r="J40" s="26"/>
+      <c r="K40" s="26"/>
+      <c r="L40" s="26"/>
+      <c r="M40" s="26"/>
+      <c r="N40" s="27" t="s">
+        <v>34</v>
       </c>
     </row>
     <row r="41" spans="1:14" x14ac:dyDescent="0.25">
-      <c r="A41" s="40"/>
-[...36 lines deleted...]
-      <c r="N41" s="48" t="s">
+      <c r="A41" s="14"/>
+      <c r="B41" s="20" t="s">
+        <v>0</v>
+      </c>
+      <c r="C41" s="21" t="s">
+        <v>0</v>
+      </c>
+      <c r="D41" s="21" t="s">
+        <v>0</v>
+      </c>
+      <c r="E41" s="21" t="s">
+        <v>0</v>
+      </c>
+      <c r="F41" s="21" t="s">
+        <v>0</v>
+      </c>
+      <c r="G41" s="21" t="s">
+        <v>0</v>
+      </c>
+      <c r="H41" s="21" t="s">
+        <v>0</v>
+      </c>
+      <c r="I41" s="22" t="s">
+        <v>0</v>
+      </c>
+      <c r="J41" s="22" t="s">
+        <v>0</v>
+      </c>
+      <c r="K41" s="22" t="s">
+        <v>0</v>
+      </c>
+      <c r="L41" s="22" t="s">
+        <v>0</v>
+      </c>
+      <c r="M41" s="22" t="s">
+        <v>0</v>
+      </c>
+      <c r="N41" s="22" t="s">
         <v>0</v>
       </c>
     </row>
     <row r="42" spans="1:14" x14ac:dyDescent="0.25">
-      <c r="A42" s="43"/>
-      <c r="B42" s="49">
+      <c r="A42" s="17"/>
+      <c r="B42" s="23">
         <v>44562</v>
       </c>
-      <c r="C42" s="50">
+      <c r="C42" s="24">
         <v>44593</v>
       </c>
-      <c r="D42" s="50">
+      <c r="D42" s="24">
         <v>44621</v>
       </c>
-      <c r="E42" s="50">
+      <c r="E42" s="24">
         <v>44652</v>
       </c>
-      <c r="F42" s="50">
+      <c r="F42" s="24">
         <v>44682</v>
       </c>
-      <c r="G42" s="50">
+      <c r="G42" s="24">
         <v>44713</v>
       </c>
-      <c r="H42" s="50">
+      <c r="H42" s="24">
         <v>44743</v>
       </c>
-      <c r="I42" s="50">
+      <c r="I42" s="24">
         <v>44774</v>
       </c>
-      <c r="J42" s="50">
+      <c r="J42" s="24">
         <v>44805</v>
       </c>
-      <c r="K42" s="51">
+      <c r="K42" s="25">
         <v>44835</v>
       </c>
-      <c r="L42" s="51">
+      <c r="L42" s="25">
         <v>44866</v>
       </c>
-      <c r="M42" s="51">
+      <c r="M42" s="25">
         <v>44896</v>
       </c>
-      <c r="N42" s="51">
+      <c r="N42" s="25">
         <v>44927</v>
       </c>
     </row>
     <row r="43" spans="1:14" ht="25.5" x14ac:dyDescent="0.25">
-      <c r="A43" s="31" t="s">
-[...2 lines deleted...]
-      <c r="B43" s="2">
+      <c r="A43" s="6" t="s">
+        <v>31</v>
+      </c>
+      <c r="B43" s="1">
         <f>SUM(B44:B51)</f>
         <v>356069.7</v>
       </c>
-      <c r="C43" s="2">
+      <c r="C43" s="1">
         <f t="shared" ref="C43:N43" si="3">SUM(C44:C51)</f>
         <v>382371.2</v>
       </c>
-      <c r="D43" s="2">
+      <c r="D43" s="1">
         <f t="shared" si="3"/>
         <v>379220.7</v>
       </c>
-      <c r="E43" s="2">
+      <c r="E43" s="1">
         <f t="shared" si="3"/>
         <v>386192.4</v>
       </c>
-      <c r="F43" s="2">
+      <c r="F43" s="1">
         <f t="shared" si="3"/>
         <v>357989.4</v>
       </c>
-      <c r="G43" s="2">
+      <c r="G43" s="1">
         <f t="shared" si="3"/>
         <v>315515.7</v>
       </c>
-      <c r="H43" s="2">
+      <c r="H43" s="1">
         <f t="shared" si="3"/>
         <v>287713.09999999998</v>
       </c>
-      <c r="I43" s="2">
+      <c r="I43" s="1">
         <f t="shared" si="3"/>
         <v>291281.90000000002</v>
       </c>
-      <c r="J43" s="2">
+      <c r="J43" s="1">
         <f t="shared" si="3"/>
         <v>292899</v>
       </c>
-      <c r="K43" s="2">
+      <c r="K43" s="1">
         <f t="shared" si="3"/>
         <v>294559.09999999998</v>
       </c>
-      <c r="L43" s="2">
+      <c r="L43" s="1">
         <f t="shared" si="3"/>
         <v>321059.3</v>
       </c>
-      <c r="M43" s="2">
+      <c r="M43" s="1">
         <f t="shared" si="3"/>
         <v>333277</v>
       </c>
-      <c r="N43" s="2">
+      <c r="N43" s="1">
         <f t="shared" si="3"/>
         <v>301463.59999999998</v>
       </c>
     </row>
     <row r="44" spans="1:14" x14ac:dyDescent="0.25">
-      <c r="A44" s="33" t="s">
+      <c r="A44" s="8" t="s">
         <v>1</v>
       </c>
-      <c r="B44" s="4">
+      <c r="B44" s="2">
         <v>32715.5</v>
       </c>
-      <c r="C44" s="4">
+      <c r="C44" s="2">
         <v>25385.4</v>
       </c>
-      <c r="D44" s="4">
+      <c r="D44" s="2">
         <v>23159.5</v>
       </c>
-      <c r="E44" s="4">
+      <c r="E44" s="2">
         <v>18799.2</v>
       </c>
-      <c r="F44" s="4">
+      <c r="F44" s="2">
         <v>20164.599999999999</v>
       </c>
-      <c r="G44" s="4">
+      <c r="G44" s="2">
         <v>20736</v>
       </c>
-      <c r="H44" s="4">
+      <c r="H44" s="2">
         <v>18277.7</v>
       </c>
-      <c r="I44" s="4">
+      <c r="I44" s="2">
         <v>17871.3</v>
       </c>
-      <c r="J44" s="4">
+      <c r="J44" s="2">
         <v>18288.400000000001</v>
       </c>
-      <c r="K44" s="4">
+      <c r="K44" s="2">
         <v>16286.3</v>
       </c>
-      <c r="L44" s="4">
+      <c r="L44" s="2">
         <v>16662.900000000001</v>
       </c>
-      <c r="M44" s="4">
+      <c r="M44" s="2">
         <v>14934.3</v>
       </c>
-      <c r="N44" s="4">
+      <c r="N44" s="2">
         <v>14977.5</v>
       </c>
     </row>
     <row r="45" spans="1:14" x14ac:dyDescent="0.25">
-      <c r="A45" s="34" t="s">
-[...14 lines deleted...]
-      <c r="F45" s="4">
+      <c r="A45" s="9" t="s">
+        <v>17</v>
+      </c>
+      <c r="B45" s="28">
+        <v>0</v>
+      </c>
+      <c r="C45" s="28">
+        <v>0</v>
+      </c>
+      <c r="D45" s="28">
+        <v>0</v>
+      </c>
+      <c r="E45" s="28">
+        <v>0</v>
+      </c>
+      <c r="F45" s="2">
         <v>3</v>
       </c>
-      <c r="G45" s="64">
-[...5 lines deleted...]
-      <c r="I45" s="4">
+      <c r="G45" s="28">
+        <v>0</v>
+      </c>
+      <c r="H45" s="28">
+        <v>0</v>
+      </c>
+      <c r="I45" s="2">
         <v>0.5</v>
       </c>
-      <c r="J45" s="64">
-[...8 lines deleted...]
-      <c r="M45" s="4">
+      <c r="J45" s="28">
+        <v>0</v>
+      </c>
+      <c r="K45" s="28">
+        <v>0</v>
+      </c>
+      <c r="L45" s="28">
+        <v>0</v>
+      </c>
+      <c r="M45" s="2">
         <v>0.3</v>
       </c>
-      <c r="N45" s="64">
+      <c r="N45" s="28">
         <v>0</v>
       </c>
     </row>
     <row r="46" spans="1:14" x14ac:dyDescent="0.25">
-      <c r="A46" s="34" t="s">
+      <c r="A46" s="9" t="s">
         <v>2</v>
       </c>
-      <c r="B46" s="5">
+      <c r="B46" s="3">
         <v>6277.7</v>
       </c>
-      <c r="C46" s="5">
+      <c r="C46" s="3">
         <v>2949.8</v>
       </c>
-      <c r="D46" s="5">
+      <c r="D46" s="3">
         <v>2512.1</v>
       </c>
-      <c r="E46" s="4">
+      <c r="E46" s="2">
         <v>6175.9</v>
       </c>
-      <c r="F46" s="5">
+      <c r="F46" s="3">
         <v>3569.6</v>
       </c>
-      <c r="G46" s="5">
+      <c r="G46" s="3">
         <v>2318.5</v>
       </c>
-      <c r="H46" s="5">
+      <c r="H46" s="3">
         <v>1216.5</v>
       </c>
-      <c r="I46" s="5">
+      <c r="I46" s="3">
         <v>1091.0999999999999</v>
       </c>
-      <c r="J46" s="5">
+      <c r="J46" s="3">
         <v>1516.3</v>
       </c>
-      <c r="K46" s="5">
+      <c r="K46" s="3">
         <v>1285.4000000000001</v>
       </c>
-      <c r="L46" s="5">
+      <c r="L46" s="3">
         <v>1880.2</v>
       </c>
-      <c r="M46" s="5">
+      <c r="M46" s="3">
         <v>2380.1</v>
       </c>
-      <c r="N46" s="5">
+      <c r="N46" s="3">
         <v>1371.8</v>
       </c>
     </row>
     <row r="47" spans="1:14" x14ac:dyDescent="0.25">
-      <c r="A47" s="34" t="s">
+      <c r="A47" s="9" t="s">
         <v>3</v>
       </c>
-      <c r="B47" s="5">
+      <c r="B47" s="3">
         <v>11745.4</v>
       </c>
-      <c r="C47" s="5">
+      <c r="C47" s="3">
         <v>13646.9</v>
       </c>
-      <c r="D47" s="5">
+      <c r="D47" s="3">
         <v>14432.7</v>
       </c>
-      <c r="E47" s="5">
+      <c r="E47" s="3">
         <v>13839.4</v>
       </c>
-      <c r="F47" s="5">
+      <c r="F47" s="3">
         <v>13346.2</v>
       </c>
-      <c r="G47" s="5">
+      <c r="G47" s="3">
         <v>12164.4</v>
       </c>
-      <c r="H47" s="5">
+      <c r="H47" s="3">
         <v>10889.2</v>
       </c>
-      <c r="I47" s="5">
+      <c r="I47" s="3">
         <v>10842.9</v>
       </c>
-      <c r="J47" s="5">
+      <c r="J47" s="3">
         <v>12099.4</v>
       </c>
-      <c r="K47" s="5">
+      <c r="K47" s="3">
         <v>13817.9</v>
       </c>
-      <c r="L47" s="5">
+      <c r="L47" s="3">
         <v>14323.1</v>
       </c>
-      <c r="M47" s="5">
+      <c r="M47" s="3">
         <v>13999.2</v>
       </c>
-      <c r="N47" s="5">
+      <c r="N47" s="3">
         <v>12323</v>
       </c>
     </row>
     <row r="48" spans="1:14" ht="25.5" x14ac:dyDescent="0.25">
-      <c r="A48" s="34" t="s">
-[...2 lines deleted...]
-      <c r="B48" s="5">
+      <c r="A48" s="9" t="s">
+        <v>33</v>
+      </c>
+      <c r="B48" s="3">
         <v>5399.9</v>
       </c>
-      <c r="C48" s="5">
+      <c r="C48" s="3">
         <v>13984.1</v>
       </c>
-      <c r="D48" s="5">
+      <c r="D48" s="3">
         <v>16978.400000000001</v>
       </c>
-      <c r="E48" s="5">
+      <c r="E48" s="3">
         <v>15423.1</v>
       </c>
-      <c r="F48" s="5">
+      <c r="F48" s="3">
         <v>13779.5</v>
       </c>
-      <c r="G48" s="5">
+      <c r="G48" s="3">
         <v>11764.1</v>
       </c>
-      <c r="H48" s="5">
+      <c r="H48" s="3">
         <v>6359.4</v>
       </c>
-      <c r="I48" s="5">
+      <c r="I48" s="3">
         <v>7066.1</v>
       </c>
-      <c r="J48" s="5">
+      <c r="J48" s="3">
         <v>7341.7</v>
       </c>
-      <c r="K48" s="5">
+      <c r="K48" s="3">
         <v>7459.8</v>
       </c>
-      <c r="L48" s="5">
+      <c r="L48" s="3">
         <v>11573.7</v>
       </c>
-      <c r="M48" s="5">
+      <c r="M48" s="3">
         <v>12454</v>
       </c>
-      <c r="N48" s="5">
+      <c r="N48" s="3">
         <v>3740.1</v>
       </c>
     </row>
     <row r="49" spans="1:14" ht="25.5" x14ac:dyDescent="0.25">
-      <c r="A49" s="34" t="s">
-[...2 lines deleted...]
-      <c r="B49" s="5">
+      <c r="A49" s="9" t="s">
+        <v>32</v>
+      </c>
+      <c r="B49" s="3">
         <v>12244.2</v>
       </c>
-      <c r="C49" s="5">
+      <c r="C49" s="3">
         <v>31580.9</v>
       </c>
-      <c r="D49" s="5">
+      <c r="D49" s="3">
         <v>30396.7</v>
       </c>
-      <c r="E49" s="5">
+      <c r="E49" s="3">
         <v>20563.7</v>
       </c>
-      <c r="F49" s="5">
+      <c r="F49" s="3">
         <v>17024.099999999999</v>
       </c>
-      <c r="G49" s="5">
+      <c r="G49" s="3">
         <v>15600.7</v>
       </c>
-      <c r="H49" s="5">
+      <c r="H49" s="3">
         <v>11852.9</v>
       </c>
-      <c r="I49" s="5">
+      <c r="I49" s="3">
         <v>11059.3</v>
       </c>
-      <c r="J49" s="5">
+      <c r="J49" s="3">
         <v>11247.2</v>
       </c>
-      <c r="K49" s="5">
+      <c r="K49" s="3">
         <v>13181.8</v>
       </c>
-      <c r="L49" s="5">
+      <c r="L49" s="3">
         <v>18127.3</v>
       </c>
-      <c r="M49" s="5">
+      <c r="M49" s="3">
         <v>23053.9</v>
       </c>
-      <c r="N49" s="5">
+      <c r="N49" s="3">
         <v>3474.6</v>
       </c>
     </row>
     <row r="50" spans="1:14" x14ac:dyDescent="0.25">
-      <c r="A50" s="34" t="s">
-[...2 lines deleted...]
-      <c r="B50" s="5">
+      <c r="A50" s="9" t="s">
+        <v>18</v>
+      </c>
+      <c r="B50" s="3">
         <v>238976.9</v>
       </c>
-      <c r="C50" s="5">
+      <c r="C50" s="3">
         <v>257244.3</v>
       </c>
-      <c r="D50" s="5">
+      <c r="D50" s="3">
         <v>252963.4</v>
       </c>
-      <c r="E50" s="5">
+      <c r="E50" s="3">
         <v>272519.90000000002</v>
       </c>
-      <c r="F50" s="5">
+      <c r="F50" s="3">
         <v>261291.4</v>
       </c>
-      <c r="G50" s="5">
+      <c r="G50" s="3">
         <v>230299.8</v>
       </c>
-      <c r="H50" s="5">
+      <c r="H50" s="3">
         <v>220421.5</v>
       </c>
-      <c r="I50" s="5">
+      <c r="I50" s="3">
         <v>221524.3</v>
       </c>
-      <c r="J50" s="5">
+      <c r="J50" s="3">
         <v>218565.5</v>
       </c>
-      <c r="K50" s="5">
+      <c r="K50" s="3">
         <v>217729.4</v>
       </c>
-      <c r="L50" s="5">
+      <c r="L50" s="3">
         <v>228322.3</v>
       </c>
-      <c r="M50" s="5">
+      <c r="M50" s="3">
         <v>229054.5</v>
       </c>
-      <c r="N50" s="5">
+      <c r="N50" s="3">
         <v>233524.4</v>
       </c>
     </row>
     <row r="51" spans="1:14" x14ac:dyDescent="0.25">
-      <c r="A51" s="34" t="s">
+      <c r="A51" s="9" t="s">
         <v>4</v>
       </c>
-      <c r="B51" s="5">
+      <c r="B51" s="3">
         <v>48710.100000000035</v>
       </c>
-      <c r="C51" s="5">
+      <c r="C51" s="3">
         <v>37579.799999999988</v>
       </c>
-      <c r="D51" s="5">
+      <c r="D51" s="3">
         <v>38777.900000000023</v>
       </c>
-      <c r="E51" s="5">
+      <c r="E51" s="3">
         <v>38871.200000000012</v>
       </c>
-      <c r="F51" s="5">
+      <c r="F51" s="3">
         <v>28811</v>
       </c>
-      <c r="G51" s="5">
+      <c r="G51" s="3">
         <v>22632.200000000012</v>
       </c>
-      <c r="H51" s="5">
+      <c r="H51" s="3">
         <v>18695.899999999965</v>
       </c>
-      <c r="I51" s="5">
+      <c r="I51" s="3">
         <v>21826.400000000023</v>
       </c>
-      <c r="J51" s="5">
+      <c r="J51" s="3">
         <v>23840.5</v>
       </c>
-      <c r="K51" s="5">
+      <c r="K51" s="3">
         <v>24798.5</v>
       </c>
-      <c r="L51" s="5">
+      <c r="L51" s="3">
         <v>30169.799999999988</v>
       </c>
-      <c r="M51" s="5">
+      <c r="M51" s="3">
         <v>37400.700000000012</v>
       </c>
-      <c r="N51" s="5">
+      <c r="N51" s="3">
         <v>32052.199999999953</v>
       </c>
     </row>
     <row r="52" spans="1:14" x14ac:dyDescent="0.25">
-      <c r="A52" s="35"/>
-[...78 lines deleted...]
-      <c r="B55" s="44">
+      <c r="A52" s="10"/>
+      <c r="B52" s="11"/>
+      <c r="C52" s="11"/>
+      <c r="D52" s="11"/>
+      <c r="E52" s="11"/>
+      <c r="F52" s="11"/>
+      <c r="G52" s="11"/>
+      <c r="H52" s="11"/>
+      <c r="I52" s="11"/>
+      <c r="J52" s="11"/>
+      <c r="K52" s="11"/>
+      <c r="L52" s="11"/>
+      <c r="M52" s="11"/>
+      <c r="N52" s="11"/>
+    </row>
+    <row r="53" spans="1:14" s="4" customFormat="1" ht="20.100000000000001" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A53" s="26" t="s">
+        <v>21</v>
+      </c>
+      <c r="B53" s="26"/>
+      <c r="C53" s="26"/>
+      <c r="D53" s="26"/>
+      <c r="E53" s="26"/>
+      <c r="F53" s="26"/>
+      <c r="G53" s="26"/>
+      <c r="H53" s="26"/>
+      <c r="I53" s="26"/>
+      <c r="J53" s="26"/>
+      <c r="K53" s="26"/>
+      <c r="L53" s="26"/>
+      <c r="M53" s="26"/>
+      <c r="N53" s="27" t="s">
+        <v>34</v>
+      </c>
+    </row>
+    <row r="54" spans="1:14" s="5" customFormat="1" x14ac:dyDescent="0.25">
+      <c r="A54" s="14"/>
+      <c r="B54" s="15" t="s">
+        <v>0</v>
+      </c>
+      <c r="C54" s="15" t="s">
+        <v>0</v>
+      </c>
+      <c r="D54" s="15" t="s">
+        <v>0</v>
+      </c>
+      <c r="E54" s="15" t="s">
+        <v>0</v>
+      </c>
+      <c r="F54" s="15" t="s">
+        <v>0</v>
+      </c>
+      <c r="G54" s="15" t="s">
+        <v>0</v>
+      </c>
+      <c r="H54" s="15" t="s">
+        <v>0</v>
+      </c>
+      <c r="I54" s="16" t="s">
+        <v>0</v>
+      </c>
+      <c r="J54" s="16" t="s">
+        <v>0</v>
+      </c>
+      <c r="K54" s="16" t="s">
+        <v>0</v>
+      </c>
+      <c r="L54" s="16" t="s">
+        <v>0</v>
+      </c>
+      <c r="M54" s="16" t="s">
+        <v>0</v>
+      </c>
+      <c r="N54" s="16" t="s">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="55" spans="1:14" s="5" customFormat="1" x14ac:dyDescent="0.25">
+      <c r="A55" s="17"/>
+      <c r="B55" s="18">
         <v>44197</v>
       </c>
-      <c r="C55" s="44">
+      <c r="C55" s="18">
         <v>44228</v>
       </c>
-      <c r="D55" s="44">
+      <c r="D55" s="18">
         <v>44256</v>
       </c>
-      <c r="E55" s="44">
+      <c r="E55" s="18">
         <v>44287</v>
       </c>
-      <c r="F55" s="44">
+      <c r="F55" s="18">
         <v>44317</v>
       </c>
-      <c r="G55" s="44">
+      <c r="G55" s="18">
         <v>44348</v>
       </c>
-      <c r="H55" s="44">
+      <c r="H55" s="18">
         <v>44378</v>
       </c>
-      <c r="I55" s="44">
+      <c r="I55" s="18">
         <v>44409</v>
       </c>
-      <c r="J55" s="44">
+      <c r="J55" s="18">
         <v>44440</v>
       </c>
-      <c r="K55" s="45">
+      <c r="K55" s="19">
         <v>44470</v>
       </c>
-      <c r="L55" s="45">
+      <c r="L55" s="19">
         <v>44501</v>
       </c>
-      <c r="M55" s="45">
+      <c r="M55" s="19">
         <v>44531</v>
       </c>
-      <c r="N55" s="45">
+      <c r="N55" s="19">
         <v>44562</v>
       </c>
     </row>
     <row r="56" spans="1:14" ht="25.5" x14ac:dyDescent="0.25">
-      <c r="A56" s="31" t="s">
-[...2 lines deleted...]
-      <c r="B56" s="2">
+      <c r="A56" s="6" t="s">
+        <v>31</v>
+      </c>
+      <c r="B56" s="1">
         <f>SUM(B57:B64)</f>
         <v>240079.4</v>
       </c>
-      <c r="C56" s="2">
+      <c r="C56" s="1">
         <f t="shared" ref="C56:N56" si="4">SUM(C57:C64)</f>
         <v>320763.09999999998</v>
       </c>
-      <c r="D56" s="2">
+      <c r="D56" s="1">
         <f t="shared" si="4"/>
         <v>335509.7</v>
       </c>
-      <c r="E56" s="2">
+      <c r="E56" s="1">
         <f t="shared" si="4"/>
         <v>319758.7</v>
       </c>
-      <c r="F56" s="2">
+      <c r="F56" s="1">
         <f t="shared" si="4"/>
         <v>299655.09999999998</v>
       </c>
-      <c r="G56" s="2">
+      <c r="G56" s="1">
         <f t="shared" si="4"/>
         <v>285486.40000000002</v>
       </c>
-      <c r="H56" s="2">
+      <c r="H56" s="1">
         <f t="shared" si="4"/>
         <v>274673.5</v>
       </c>
-      <c r="I56" s="2">
+      <c r="I56" s="1">
         <f t="shared" si="4"/>
         <v>269145.2</v>
       </c>
-      <c r="J56" s="2">
+      <c r="J56" s="1">
         <f t="shared" si="4"/>
         <v>271576.2</v>
       </c>
-      <c r="K56" s="2">
+      <c r="K56" s="1">
         <f t="shared" si="4"/>
         <v>264086.2</v>
       </c>
-      <c r="L56" s="2">
+      <c r="L56" s="1">
         <f t="shared" si="4"/>
         <v>313892.7</v>
       </c>
-      <c r="M56" s="2">
+      <c r="M56" s="1">
         <f t="shared" si="4"/>
         <v>355746.2</v>
       </c>
-      <c r="N56" s="2">
+      <c r="N56" s="1">
         <f t="shared" si="4"/>
         <v>356069.7</v>
       </c>
     </row>
     <row r="57" spans="1:14" x14ac:dyDescent="0.25">
-      <c r="A57" s="33" t="s">
+      <c r="A57" s="8" t="s">
         <v>1</v>
       </c>
-      <c r="B57" s="4">
+      <c r="B57" s="2">
         <v>15481.7</v>
       </c>
-      <c r="C57" s="4">
+      <c r="C57" s="2">
         <v>13658.9</v>
       </c>
-      <c r="D57" s="4">
+      <c r="D57" s="2">
         <v>23271.3</v>
       </c>
-      <c r="E57" s="4">
+      <c r="E57" s="2">
         <v>16848.3</v>
       </c>
-      <c r="F57" s="4">
+      <c r="F57" s="2">
         <v>10522.8</v>
       </c>
-      <c r="G57" s="4">
+      <c r="G57" s="2">
         <v>7032.4</v>
       </c>
-      <c r="H57" s="4">
+      <c r="H57" s="2">
         <v>10658.5</v>
       </c>
-      <c r="I57" s="4">
+      <c r="I57" s="2">
         <v>11156.4</v>
       </c>
-      <c r="J57" s="4">
+      <c r="J57" s="2">
         <v>12440.5</v>
       </c>
-      <c r="K57" s="4">
+      <c r="K57" s="2">
         <v>12384.4</v>
       </c>
-      <c r="L57" s="4">
+      <c r="L57" s="2">
         <v>13240.8</v>
       </c>
-      <c r="M57" s="4">
+      <c r="M57" s="2">
         <v>14401.5</v>
       </c>
-      <c r="N57" s="4">
+      <c r="N57" s="2">
         <v>32715.5</v>
       </c>
     </row>
     <row r="58" spans="1:14" x14ac:dyDescent="0.25">
-      <c r="A58" s="34" t="s">
-[...26 lines deleted...]
-      <c r="J58" s="4">
+      <c r="A58" s="9" t="s">
+        <v>17</v>
+      </c>
+      <c r="B58" s="28">
+        <v>0</v>
+      </c>
+      <c r="C58" s="28">
+        <v>0</v>
+      </c>
+      <c r="D58" s="28">
+        <v>0</v>
+      </c>
+      <c r="E58" s="28">
+        <v>0</v>
+      </c>
+      <c r="F58" s="28">
+        <v>0</v>
+      </c>
+      <c r="G58" s="28">
+        <v>0</v>
+      </c>
+      <c r="H58" s="28">
+        <v>0</v>
+      </c>
+      <c r="I58" s="28">
+        <v>0</v>
+      </c>
+      <c r="J58" s="2">
         <v>0.4</v>
       </c>
-      <c r="K58" s="4">
+      <c r="K58" s="2">
         <v>4.5999999999999996</v>
       </c>
-      <c r="L58" s="64">
-[...5 lines deleted...]
-      <c r="N58" s="64">
+      <c r="L58" s="28">
+        <v>0</v>
+      </c>
+      <c r="M58" s="28">
+        <v>0</v>
+      </c>
+      <c r="N58" s="28">
         <v>0</v>
       </c>
     </row>
     <row r="59" spans="1:14" x14ac:dyDescent="0.25">
-      <c r="A59" s="34" t="s">
+      <c r="A59" s="9" t="s">
         <v>2</v>
       </c>
-      <c r="B59" s="5">
+      <c r="B59" s="3">
         <v>634.70000000000005</v>
       </c>
-      <c r="C59" s="5">
+      <c r="C59" s="3">
         <v>577.9</v>
       </c>
-      <c r="D59" s="5">
+      <c r="D59" s="3">
         <v>1091.0999999999999</v>
       </c>
-      <c r="E59" s="5">
+      <c r="E59" s="3">
         <v>897.7</v>
       </c>
-      <c r="F59" s="5">
+      <c r="F59" s="3">
         <v>1056.3</v>
       </c>
-      <c r="G59" s="5">
+      <c r="G59" s="3">
         <v>1595.2</v>
       </c>
-      <c r="H59" s="5">
+      <c r="H59" s="3">
         <v>2801.5</v>
       </c>
-      <c r="I59" s="5">
+      <c r="I59" s="3">
         <v>2810.5</v>
       </c>
-      <c r="J59" s="5">
+      <c r="J59" s="3">
         <v>4327.3</v>
       </c>
-      <c r="K59" s="5">
+      <c r="K59" s="3">
         <v>4584.6000000000004</v>
       </c>
-      <c r="L59" s="5">
+      <c r="L59" s="3">
         <v>6153.1</v>
       </c>
-      <c r="M59" s="5">
+      <c r="M59" s="3">
         <v>9709.7000000000007</v>
       </c>
-      <c r="N59" s="5">
+      <c r="N59" s="3">
         <v>6277.7</v>
       </c>
     </row>
     <row r="60" spans="1:14" x14ac:dyDescent="0.25">
-      <c r="A60" s="34" t="s">
+      <c r="A60" s="9" t="s">
         <v>3</v>
       </c>
-      <c r="B60" s="5">
+      <c r="B60" s="3">
         <v>8605.2000000000007</v>
       </c>
-      <c r="C60" s="5">
+      <c r="C60" s="3">
         <v>10991.1</v>
       </c>
-      <c r="D60" s="5">
+      <c r="D60" s="3">
         <v>8986.2000000000007</v>
       </c>
-      <c r="E60" s="5">
+      <c r="E60" s="3">
         <v>8917.2000000000007</v>
       </c>
-      <c r="F60" s="5">
+      <c r="F60" s="3">
         <v>9667.9</v>
       </c>
-      <c r="G60" s="5">
+      <c r="G60" s="3">
         <v>9532.7000000000007</v>
       </c>
-      <c r="H60" s="5">
+      <c r="H60" s="3">
         <v>6914.7</v>
       </c>
-      <c r="I60" s="5">
+      <c r="I60" s="3">
         <v>6821.7</v>
       </c>
-      <c r="J60" s="5">
+      <c r="J60" s="3">
         <v>6858.2</v>
       </c>
-      <c r="K60" s="5">
+      <c r="K60" s="3">
         <v>7146.3</v>
       </c>
-      <c r="L60" s="5">
+      <c r="L60" s="3">
         <v>5872.6</v>
       </c>
-      <c r="M60" s="5">
+      <c r="M60" s="3">
         <v>8194.6</v>
       </c>
-      <c r="N60" s="5">
+      <c r="N60" s="3">
         <v>11745.4</v>
       </c>
     </row>
     <row r="61" spans="1:14" ht="25.5" x14ac:dyDescent="0.25">
-      <c r="A61" s="34" t="s">
-[...2 lines deleted...]
-      <c r="B61" s="5">
+      <c r="A61" s="9" t="s">
+        <v>33</v>
+      </c>
+      <c r="B61" s="3">
         <v>877.3</v>
       </c>
-      <c r="C61" s="5">
+      <c r="C61" s="3">
         <v>4731.8</v>
       </c>
-      <c r="D61" s="5">
+      <c r="D61" s="3">
         <v>5471.1</v>
       </c>
-      <c r="E61" s="5">
+      <c r="E61" s="3">
         <v>6394</v>
       </c>
-      <c r="F61" s="5">
+      <c r="F61" s="3">
         <v>5593.3</v>
       </c>
-      <c r="G61" s="5">
+      <c r="G61" s="3">
         <v>5980.7</v>
       </c>
-      <c r="H61" s="5">
+      <c r="H61" s="3">
         <v>3801.6</v>
       </c>
-      <c r="I61" s="5">
+      <c r="I61" s="3">
         <v>3517.5</v>
       </c>
-      <c r="J61" s="5">
+      <c r="J61" s="3">
         <v>4102.2</v>
       </c>
-      <c r="K61" s="5">
+      <c r="K61" s="3">
         <v>3550.8</v>
       </c>
-      <c r="L61" s="5">
+      <c r="L61" s="3">
         <v>8310.4</v>
       </c>
-      <c r="M61" s="5">
+      <c r="M61" s="3">
         <v>11641.9</v>
       </c>
-      <c r="N61" s="5">
+      <c r="N61" s="3">
         <v>5399.9</v>
       </c>
     </row>
     <row r="62" spans="1:14" ht="25.5" x14ac:dyDescent="0.25">
-      <c r="A62" s="34" t="s">
-[...2 lines deleted...]
-      <c r="B62" s="5">
+      <c r="A62" s="9" t="s">
+        <v>32</v>
+      </c>
+      <c r="B62" s="3">
         <v>4247.8999999999996</v>
       </c>
-      <c r="C62" s="5">
+      <c r="C62" s="3">
         <v>10663.7</v>
       </c>
-      <c r="D62" s="5">
+      <c r="D62" s="3">
         <v>13716.1</v>
       </c>
-      <c r="E62" s="5">
+      <c r="E62" s="3">
         <v>15712.3</v>
       </c>
-      <c r="F62" s="5">
+      <c r="F62" s="3">
         <v>14824.4</v>
       </c>
-      <c r="G62" s="5">
+      <c r="G62" s="3">
         <v>15118.9</v>
       </c>
-      <c r="H62" s="5">
+      <c r="H62" s="3">
         <v>10147.200000000001</v>
       </c>
-      <c r="I62" s="5">
+      <c r="I62" s="3">
         <v>8301.4</v>
       </c>
-      <c r="J62" s="5">
+      <c r="J62" s="3">
         <v>8487.2999999999993</v>
       </c>
-      <c r="K62" s="5">
+      <c r="K62" s="3">
         <v>10915.1</v>
       </c>
-      <c r="L62" s="5">
+      <c r="L62" s="3">
         <v>18982.900000000001</v>
       </c>
-      <c r="M62" s="5">
+      <c r="M62" s="3">
         <v>25587.3</v>
       </c>
-      <c r="N62" s="5">
+      <c r="N62" s="3">
         <v>12244.2</v>
       </c>
     </row>
     <row r="63" spans="1:14" x14ac:dyDescent="0.25">
-      <c r="A63" s="34" t="s">
-[...2 lines deleted...]
-      <c r="B63" s="5">
+      <c r="A63" s="9" t="s">
+        <v>18</v>
+      </c>
+      <c r="B63" s="3">
         <v>187537.6</v>
       </c>
-      <c r="C63" s="5">
+      <c r="C63" s="3">
         <v>258157.9</v>
       </c>
-      <c r="D63" s="5">
+      <c r="D63" s="3">
         <v>256183.9</v>
       </c>
-      <c r="E63" s="5">
+      <c r="E63" s="3">
         <v>248233.3</v>
       </c>
-      <c r="F63" s="5">
+      <c r="F63" s="3">
         <v>233733.4</v>
       </c>
-      <c r="G63" s="5">
+      <c r="G63" s="3">
         <v>227300.1</v>
       </c>
-      <c r="H63" s="5">
+      <c r="H63" s="3">
         <v>223122.1</v>
       </c>
-      <c r="I63" s="5">
+      <c r="I63" s="3">
         <v>216396.3</v>
       </c>
-      <c r="J63" s="5">
+      <c r="J63" s="3">
         <v>210355.3</v>
       </c>
-      <c r="K63" s="5">
+      <c r="K63" s="3">
         <v>199034.2</v>
       </c>
-      <c r="L63" s="5">
+      <c r="L63" s="3">
         <v>205194.4</v>
       </c>
-      <c r="M63" s="5">
+      <c r="M63" s="3">
         <v>210704.9</v>
       </c>
-      <c r="N63" s="5">
+      <c r="N63" s="3">
         <v>238976.9</v>
       </c>
     </row>
     <row r="64" spans="1:14" x14ac:dyDescent="0.25">
-      <c r="A64" s="34" t="s">
+      <c r="A64" s="9" t="s">
         <v>4</v>
       </c>
-      <c r="B64" s="5">
+      <c r="B64" s="3">
         <v>22694.999999999971</v>
       </c>
-      <c r="C64" s="5">
+      <c r="C64" s="3">
         <v>21981.799999999988</v>
       </c>
-      <c r="D64" s="5">
+      <c r="D64" s="3">
         <v>26790</v>
       </c>
-      <c r="E64" s="5">
+      <c r="E64" s="3">
         <v>22755.900000000023</v>
       </c>
-      <c r="F64" s="5">
+      <c r="F64" s="3">
         <v>24257</v>
       </c>
-      <c r="G64" s="5">
+      <c r="G64" s="3">
         <v>18926.400000000001</v>
       </c>
-      <c r="H64" s="5">
+      <c r="H64" s="3">
         <v>17227.899999999994</v>
       </c>
-      <c r="I64" s="5">
+      <c r="I64" s="3">
         <v>20141.400000000023</v>
       </c>
-      <c r="J64" s="5">
+      <c r="J64" s="3">
         <v>25005.000000000029</v>
       </c>
-      <c r="K64" s="5">
+      <c r="K64" s="3">
         <v>26466.200000000012</v>
       </c>
-      <c r="L64" s="5">
+      <c r="L64" s="3">
         <v>56138.5</v>
       </c>
-      <c r="M64" s="5">
+      <c r="M64" s="3">
         <v>75506.299999999988</v>
       </c>
-      <c r="N64" s="5">
+      <c r="N64" s="3">
         <v>48710.100000000035</v>
       </c>
     </row>
     <row r="65" spans="1:14" x14ac:dyDescent="0.25">
-      <c r="A65" s="35"/>
-[...12 lines deleted...]
-      <c r="N65" s="37"/>
+      <c r="A65" s="10"/>
+      <c r="B65" s="11"/>
+      <c r="C65" s="11"/>
+      <c r="D65" s="11"/>
+      <c r="E65" s="11"/>
+      <c r="F65" s="11"/>
+      <c r="G65" s="11"/>
+      <c r="H65" s="11"/>
+      <c r="I65" s="11"/>
+      <c r="J65" s="11"/>
+      <c r="K65" s="11"/>
+      <c r="L65" s="11"/>
+      <c r="M65" s="11"/>
+      <c r="N65" s="11"/>
     </row>
     <row r="66" spans="1:14" hidden="1" x14ac:dyDescent="0.25"/>
     <row r="67" spans="1:14" hidden="1" x14ac:dyDescent="0.25"/>
     <row r="68" spans="1:14" hidden="1" x14ac:dyDescent="0.25"/>
     <row r="69" spans="1:14" hidden="1" x14ac:dyDescent="0.25"/>
     <row r="70" spans="1:14" hidden="1" x14ac:dyDescent="0.25"/>
     <row r="71" spans="1:14" hidden="1" x14ac:dyDescent="0.25"/>
     <row r="72" spans="1:14" hidden="1" x14ac:dyDescent="0.25"/>
     <row r="73" spans="1:14" hidden="1" x14ac:dyDescent="0.25"/>
     <row r="74" spans="1:14" hidden="1" x14ac:dyDescent="0.25"/>
     <row r="75" spans="1:14" hidden="1" x14ac:dyDescent="0.25"/>
     <row r="76" spans="1:14" hidden="1" x14ac:dyDescent="0.25"/>
     <row r="77" spans="1:14" hidden="1" x14ac:dyDescent="0.25"/>
     <row r="78" spans="1:14" hidden="1" x14ac:dyDescent="0.25"/>
     <row r="79" spans="1:14" hidden="1" x14ac:dyDescent="0.25"/>
     <row r="80" spans="1:14" hidden="1" x14ac:dyDescent="0.25"/>
     <row r="81" hidden="1" x14ac:dyDescent="0.25"/>
     <row r="82" hidden="1" x14ac:dyDescent="0.25"/>
     <row r="83" hidden="1" x14ac:dyDescent="0.25"/>
     <row r="84" hidden="1" x14ac:dyDescent="0.25"/>
     <row r="85" hidden="1" x14ac:dyDescent="0.25"/>
     <row r="86" hidden="1" x14ac:dyDescent="0.25"/>
     <row r="87" hidden="1" x14ac:dyDescent="0.25"/>
     <row r="88" hidden="1" x14ac:dyDescent="0.25"/>
     <row r="89" hidden="1" x14ac:dyDescent="0.25"/>
@@ -13375,59 +7656,58 @@
     <row r="110" hidden="1" x14ac:dyDescent="0.25"/>
     <row r="111" hidden="1" x14ac:dyDescent="0.25"/>
     <row r="112" hidden="1" x14ac:dyDescent="0.25"/>
     <row r="113" hidden="1" x14ac:dyDescent="0.25"/>
     <row r="114" hidden="1" x14ac:dyDescent="0.25"/>
   </sheetData>
   <pageMargins left="0.39370078740157483" right="0.39370078740157483" top="0.39370078740157483" bottom="0.39370078740157483" header="0.19685039370078741" footer="0.19685039370078741"/>
   <pageSetup paperSize="9" scale="85" fitToHeight="3" orientation="landscape" r:id="rId1"/>
   <rowBreaks count="1" manualBreakCount="1">
     <brk id="26" max="16383" man="1"/>
   </rowBreaks>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="4" baseType="variant">
       <vt:variant>
         <vt:lpstr>Аркуші</vt:lpstr>
       </vt:variant>
       <vt:variant>
-        <vt:i4>3</vt:i4>
+        <vt:i4>2</vt:i4>
       </vt:variant>
       <vt:variant>
         <vt:lpstr>Іменовані діапазони</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
-    <vt:vector size="4" baseType="lpstr">
+    <vt:vector size="3" baseType="lpstr">
       <vt:lpstr>Борг по періодах</vt:lpstr>
-      <vt:lpstr>Період 2021-2025</vt:lpstr>
       <vt:lpstr>Борг (ДТ)</vt:lpstr>
       <vt:lpstr>'Борг по періодах'!Заголовки_для_друку</vt:lpstr>
     </vt:vector>
   </TitlesOfParts>
   <Company/>
   <LinksUpToDate>false</LinksUpToDate>
   <SharedDoc>false</SharedDoc>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:creator/>
   <cp:lastModifiedBy/>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
 </cp:coreProperties>
 </file>