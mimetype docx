--- v0 (2025-12-19)
+++ v1 (2026-03-13)
@@ -561,67 +561,51 @@
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00BA40BD">
               <w:rPr>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>1) індивідуальні та колективні побутові споживачі, в тому числі гуртожитки, що розраховуються за електричну енергію за загальним розрахунковим засобом обліку в частині споживання електричної енергії фізичними особами для задоволення власних побутових потреб, які не включають професійну та/або господарську діяльність;</w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="0219BA39" w14:textId="77777777" w:rsidR="000D598A" w:rsidRPr="00BA40BD" w:rsidRDefault="000D598A" w:rsidP="000D598A">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00BA40BD">
               <w:rPr>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
-              <w:t xml:space="preserve">2) багатоквартирні житлові будинки (в тому числі гуртожитки) на технічні цілі (аварійне та евакуаційне освітлення, роботу індивідуальних теплових пунктів, </w:t>
-[...15 lines deleted...]
-              <w:t xml:space="preserve">, ліфтів, насосів та </w:t>
+              <w:t xml:space="preserve">2) багатоквартирні житлові будинки (в тому числі гуртожитки) на технічні цілі (аварійне та евакуаційне освітлення, роботу індивідуальних теплових пунктів, котелень, ліфтів, насосів та </w:t>
             </w:r>
             <w:proofErr w:type="spellStart"/>
             <w:r w:rsidRPr="00BA40BD">
               <w:rPr>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>замково</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
             <w:r w:rsidRPr="00BA40BD">
               <w:rPr>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>-переговорних пристроїв, протипожежних систем, систем вентиляції, димовидалення та кондиціонування, систем сигналізації, авіаційних маяків, що належать власникам квартир багатоквартирного будинку на праві спільної власності) та освітлення дворів, східців і номерних знаків;</w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="3009DBA6" w14:textId="77777777" w:rsidR="000D598A" w:rsidRPr="00BA40BD" w:rsidRDefault="000D598A" w:rsidP="000D598A">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
@@ -1315,114 +1299,104 @@
                   <w:r w:rsidRPr="00BA40BD">
                     <w:rPr>
                       <w:sz w:val="22"/>
                       <w:szCs w:val="22"/>
                       <w:lang w:val="ru-RU"/>
                     </w:rPr>
                     <w:t>(включно):</w:t>
                   </w:r>
                 </w:p>
                 <w:p w14:paraId="732FE898" w14:textId="77777777" w:rsidR="00B145FF" w:rsidRPr="00BA40BD" w:rsidRDefault="00B145FF" w:rsidP="00B22803">
                   <w:pPr>
                     <w:spacing w:before="150" w:after="150"/>
                     <w:rPr>
                       <w:sz w:val="22"/>
                       <w:szCs w:val="22"/>
                     </w:rPr>
                   </w:pPr>
                   <w:r w:rsidRPr="00BA40BD">
                     <w:rPr>
                       <w:sz w:val="22"/>
                       <w:szCs w:val="22"/>
                     </w:rPr>
                     <w:t>- до 2000 кВт∙год спожитої електричної енергії на місяць (включно, за весь обсяг споживання);</w:t>
                   </w:r>
                 </w:p>
-                <w:p w14:paraId="0FFAF5B9" w14:textId="77777777" w:rsidR="00B145FF" w:rsidRPr="00BA40BD" w:rsidRDefault="00B145FF" w:rsidP="0044293D">
+                <w:p w14:paraId="0FFAF5B9" w14:textId="59826B55" w:rsidR="00B145FF" w:rsidRPr="00BA40BD" w:rsidRDefault="00B145FF" w:rsidP="0044293D">
                   <w:pPr>
                     <w:spacing w:before="150" w:after="150"/>
                     <w:rPr>
                       <w:spacing w:val="-8"/>
                       <w:sz w:val="22"/>
                       <w:szCs w:val="22"/>
                       <w:lang w:val="ru-RU"/>
                     </w:rPr>
                   </w:pPr>
                   <w:r w:rsidRPr="00BA40BD">
                     <w:rPr>
                       <w:sz w:val="22"/>
                       <w:szCs w:val="22"/>
                       <w:lang w:val="ru-RU"/>
                     </w:rPr>
                     <w:t>-</w:t>
                   </w:r>
                   <w:r w:rsidRPr="00BA40BD">
                     <w:rPr>
                       <w:spacing w:val="-8"/>
                       <w:sz w:val="22"/>
                       <w:szCs w:val="22"/>
                       <w:lang w:val="ru-RU"/>
                     </w:rPr>
                     <w:t xml:space="preserve"> </w:t>
                   </w:r>
                   <w:proofErr w:type="spellStart"/>
-                  <w:proofErr w:type="gramStart"/>
                   <w:r w:rsidRPr="00BA40BD">
                     <w:rPr>
                       <w:sz w:val="22"/>
                       <w:szCs w:val="22"/>
                       <w:lang w:val="ru-RU"/>
                     </w:rPr>
                     <w:t>понад</w:t>
                   </w:r>
                   <w:proofErr w:type="spellEnd"/>
                   <w:r w:rsidRPr="00BA40BD">
                     <w:rPr>
+                      <w:spacing w:val="-9"/>
                       <w:sz w:val="22"/>
                       <w:szCs w:val="22"/>
                       <w:lang w:val="ru-RU"/>
                     </w:rPr>
                     <w:t xml:space="preserve"> </w:t>
                   </w:r>
                   <w:r w:rsidRPr="00BA40BD">
                     <w:rPr>
-                      <w:spacing w:val="-9"/>
                       <w:sz w:val="22"/>
                       <w:szCs w:val="22"/>
                       <w:lang w:val="ru-RU"/>
                     </w:rPr>
-                    <w:t xml:space="preserve"> </w:t>
-[...6 lines deleted...]
-                    </w:rPr>
                     <w:t>2000</w:t>
                   </w:r>
-                  <w:proofErr w:type="gramEnd"/>
                   <w:r w:rsidRPr="00BA40BD">
                     <w:rPr>
                       <w:spacing w:val="-7"/>
                       <w:sz w:val="22"/>
                       <w:szCs w:val="22"/>
                       <w:lang w:val="ru-RU"/>
                     </w:rPr>
                     <w:t xml:space="preserve"> </w:t>
                   </w:r>
                   <w:proofErr w:type="spellStart"/>
                   <w:r w:rsidRPr="00BA40BD">
                     <w:rPr>
                       <w:spacing w:val="-1"/>
                       <w:sz w:val="22"/>
                       <w:szCs w:val="22"/>
                       <w:lang w:val="ru-RU"/>
                     </w:rPr>
                     <w:t>кВт∙год</w:t>
                   </w:r>
                   <w:proofErr w:type="spellEnd"/>
                   <w:r w:rsidRPr="00BA40BD">
                     <w:rPr>
                       <w:spacing w:val="25"/>
                       <w:w w:val="99"/>
                       <w:sz w:val="22"/>
@@ -2814,77 +2788,51 @@
             </w:pPr>
             <w:r w:rsidRPr="00BA40BD">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="auto"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:lang w:val="uk-UA" w:eastAsia="uk-UA"/>
               </w:rPr>
               <w:lastRenderedPageBreak/>
               <w:t xml:space="preserve">Визначена в ліцензії на провадження господарської діяльності з розподілу (передачі) територія здійснення діяльності оператора </w:t>
             </w:r>
             <w:r w:rsidRPr="00BA40BD">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="auto"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:lang w:val="uk-UA" w:eastAsia="uk-UA"/>
               </w:rPr>
               <w:lastRenderedPageBreak/>
-              <w:t xml:space="preserve">системи, доступ до якої має </w:t>
-[...25 lines deleted...]
-              <w:t xml:space="preserve"> і на якій пропонує комерційну пропозицію</w:t>
+              <w:t>системи, доступ до якої має електропостачальник і на якій пропонує комерційну пропозицію</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="7088" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="3537B160" w14:textId="77777777" w:rsidR="000D598A" w:rsidRPr="00BA40BD" w:rsidRDefault="0013060D" w:rsidP="000D598A">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00BA40BD">
               <w:rPr>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:lastRenderedPageBreak/>
               <w:t xml:space="preserve">Вінницька </w:t>
             </w:r>
             <w:r w:rsidR="000D598A" w:rsidRPr="00BA40BD">
@@ -4205,71 +4153,71 @@
     </w:p>
     <w:p w14:paraId="104F9D1E" w14:textId="77777777" w:rsidR="00E56878" w:rsidRPr="0093047F" w:rsidRDefault="00E56878">
       <w:pPr>
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:sectPr w:rsidR="00E56878" w:rsidRPr="0093047F" w:rsidSect="0093047F">
       <w:headerReference w:type="default" r:id="rId23"/>
       <w:pgSz w:w="11900" w:h="16840"/>
       <w:pgMar w:top="567" w:right="567" w:bottom="567" w:left="1134" w:header="284" w:footer="6" w:gutter="0"/>
       <w:cols w:space="999"/>
       <w:noEndnote/>
       <w:titlePg/>
       <w:docGrid w:linePitch="360"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/endnotes.xml><?xml version="1.0" encoding="utf-8"?>
 <w:endnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
   <w:endnote w:type="separator" w:id="-1">
-    <w:p w14:paraId="1A80B2AE" w14:textId="77777777" w:rsidR="000C5CE1" w:rsidRDefault="000C5CE1" w:rsidP="0093047F">
+    <w:p w14:paraId="39B5FF2A" w14:textId="77777777" w:rsidR="008C6299" w:rsidRDefault="008C6299" w:rsidP="0093047F">
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:endnote>
   <w:endnote w:type="continuationSeparator" w:id="0">
-    <w:p w14:paraId="5E35D225" w14:textId="77777777" w:rsidR="000C5CE1" w:rsidRDefault="000C5CE1" w:rsidP="0093047F">
+    <w:p w14:paraId="38464643" w14:textId="77777777" w:rsidR="008C6299" w:rsidRDefault="008C6299" w:rsidP="0093047F">
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:endnote>
 </w:endnotes>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
 <w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh">
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
-    <w:charset w:val="CC"/>
+    <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Courier New">
     <w:panose1 w:val="02070309020205020404"/>
     <w:charset w:val="CC"/>
     <w:family w:val="modern"/>
     <w:pitch w:val="fixed"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C0007843" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Wingdings">
     <w:panose1 w:val="05000000000000000000"/>
     <w:charset w:val="02"/>
     <w:family w:val="auto"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000000" w:usb1="10000000" w:usb2="00000000" w:usb3="00000000" w:csb0="80000000" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Symbol">
     <w:panose1 w:val="05050102010706020507"/>
     <w:charset w:val="02"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000000" w:usb1="10000000" w:usb2="00000000" w:usb3="00000000" w:csb0="80000000" w:csb1="00000000"/>
   </w:font>
@@ -4301,58 +4249,58 @@
     <w:family w:val="roman"/>
     <w:notTrueType/>
     <w:pitch w:val="default"/>
   </w:font>
   <w:font w:name="SimSun">
     <w:altName w:val="宋体"/>
     <w:panose1 w:val="02010600030101010101"/>
     <w:charset w:val="86"/>
     <w:family w:val="auto"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000203" w:usb1="288F0000" w:usb2="00000016" w:usb3="00000000" w:csb0="00040001" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Calibri Light">
     <w:panose1 w:val="020F0302020204030204"/>
     <w:charset w:val="CC"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E4002EFF" w:usb1="C200247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
 </w:fonts>
 </file>
 
 <file path=word/footnotes.xml><?xml version="1.0" encoding="utf-8"?>
 <w:footnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
   <w:footnote w:type="separator" w:id="-1">
-    <w:p w14:paraId="72D52209" w14:textId="77777777" w:rsidR="000C5CE1" w:rsidRDefault="000C5CE1" w:rsidP="0093047F">
+    <w:p w14:paraId="51938DCA" w14:textId="77777777" w:rsidR="008C6299" w:rsidRDefault="008C6299" w:rsidP="0093047F">
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:type="continuationSeparator" w:id="0">
-    <w:p w14:paraId="71DD5C0C" w14:textId="77777777" w:rsidR="000C5CE1" w:rsidRDefault="000C5CE1" w:rsidP="0093047F">
+    <w:p w14:paraId="1051E89D" w14:textId="77777777" w:rsidR="008C6299" w:rsidRDefault="008C6299" w:rsidP="0093047F">
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:footnote>
 </w:footnotes>
 </file>
 
 <file path=word/header1.xml><?xml version="1.0" encoding="utf-8"?>
 <w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
   <w:p w14:paraId="1B0F590C" w14:textId="77777777" w:rsidR="0093047F" w:rsidRPr="0093047F" w:rsidRDefault="0093047F">
     <w:pPr>
       <w:pStyle w:val="a9"/>
       <w:jc w:val="center"/>
       <w:rPr>
         <w:sz w:val="20"/>
         <w:szCs w:val="20"/>
       </w:rPr>
     </w:pPr>
     <w:r w:rsidRPr="0093047F">
       <w:rPr>
         <w:sz w:val="20"/>
         <w:szCs w:val="20"/>
       </w:rPr>
       <w:fldChar w:fldCharType="begin"/>
@@ -5309,88 +5257,89 @@
     <w:abstractNumId w:val="6"/>
   </w:num>
   <w:num w:numId="3" w16cid:durableId="745422159">
     <w:abstractNumId w:val="1"/>
   </w:num>
   <w:num w:numId="4" w16cid:durableId="1378622314">
     <w:abstractNumId w:val="2"/>
   </w:num>
   <w:num w:numId="5" w16cid:durableId="2056342838">
     <w:abstractNumId w:val="7"/>
   </w:num>
   <w:num w:numId="6" w16cid:durableId="1555385697">
     <w:abstractNumId w:val="5"/>
   </w:num>
   <w:num w:numId="7" w16cid:durableId="1445152463">
     <w:abstractNumId w:val="0"/>
   </w:num>
   <w:num w:numId="8" w16cid:durableId="616522771">
     <w:abstractNumId w:val="4"/>
   </w:num>
 </w:numbering>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh">
-  <w:zoom w:percent="70"/>
+  <w:zoom w:percent="100"/>
   <w:removePersonalInformation/>
   <w:removeDateAndTime/>
   <w:proofState w:spelling="clean" w:grammar="clean"/>
   <w:defaultTabStop w:val="720"/>
   <w:hyphenationZone w:val="425"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:hdrShapeDefaults>
     <o:shapedefaults v:ext="edit" spidmax="2050"/>
   </w:hdrShapeDefaults>
   <w:footnotePr>
     <w:footnote w:id="-1"/>
     <w:footnote w:id="0"/>
   </w:footnotePr>
   <w:endnotePr>
     <w:endnote w:id="-1"/>
     <w:endnote w:id="0"/>
   </w:endnotePr>
   <w:compat>
     <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="15"/>
     <w:compatSetting w:name="overrideTableStyleFontSizeAndJustification" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="enableOpenTypeFeatures" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="doNotFlipMirrorIndents" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="differentiateMultirowTableHeaders" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="useWord2013TrackBottomHyphenation" w:uri="http://schemas.microsoft.com/office/word" w:val="0"/>
   </w:compat>
   <w:rsids>
     <w:rsidRoot w:val="00E12C13"/>
     <w:rsid w:val="00014037"/>
     <w:rsid w:val="00016D34"/>
     <w:rsid w:val="00021501"/>
     <w:rsid w:val="00061199"/>
     <w:rsid w:val="00062051"/>
     <w:rsid w:val="00072A9C"/>
     <w:rsid w:val="000B47D6"/>
     <w:rsid w:val="000B62EF"/>
     <w:rsid w:val="000C5CE1"/>
     <w:rsid w:val="000C6CD0"/>
+    <w:rsid w:val="000D4CDC"/>
     <w:rsid w:val="000D598A"/>
     <w:rsid w:val="000E05EC"/>
     <w:rsid w:val="00116D1B"/>
     <w:rsid w:val="001225BC"/>
     <w:rsid w:val="0013060D"/>
     <w:rsid w:val="00141AAF"/>
     <w:rsid w:val="00163BF3"/>
     <w:rsid w:val="001B7FB7"/>
     <w:rsid w:val="001E4F4C"/>
     <w:rsid w:val="001F0CB6"/>
     <w:rsid w:val="00205C26"/>
     <w:rsid w:val="00222E97"/>
     <w:rsid w:val="00223A57"/>
     <w:rsid w:val="00237186"/>
     <w:rsid w:val="00282F05"/>
     <w:rsid w:val="002C7C36"/>
     <w:rsid w:val="002F221E"/>
     <w:rsid w:val="00343566"/>
     <w:rsid w:val="003737A6"/>
     <w:rsid w:val="003874BA"/>
     <w:rsid w:val="00395311"/>
     <w:rsid w:val="003C645B"/>
     <w:rsid w:val="003C7171"/>
     <w:rsid w:val="003D45BE"/>
     <w:rsid w:val="0042784F"/>
@@ -5398,59 +5347,62 @@
     <w:rsid w:val="00472D0C"/>
     <w:rsid w:val="00493E95"/>
     <w:rsid w:val="004D0ABA"/>
     <w:rsid w:val="004E26DA"/>
     <w:rsid w:val="005677D6"/>
     <w:rsid w:val="005811FA"/>
     <w:rsid w:val="00594FA8"/>
     <w:rsid w:val="005D2577"/>
     <w:rsid w:val="005D58DD"/>
     <w:rsid w:val="005E45E9"/>
     <w:rsid w:val="005F3A9A"/>
     <w:rsid w:val="00611E0F"/>
     <w:rsid w:val="006A5278"/>
     <w:rsid w:val="006B5A5C"/>
     <w:rsid w:val="006B692A"/>
     <w:rsid w:val="00704A55"/>
     <w:rsid w:val="00780C25"/>
     <w:rsid w:val="00781460"/>
     <w:rsid w:val="007B5A54"/>
     <w:rsid w:val="007B5FE2"/>
     <w:rsid w:val="00805FE3"/>
     <w:rsid w:val="00834BDD"/>
     <w:rsid w:val="008847E3"/>
     <w:rsid w:val="008B343D"/>
     <w:rsid w:val="008B4B29"/>
+    <w:rsid w:val="008C6299"/>
     <w:rsid w:val="008E58A2"/>
     <w:rsid w:val="0093047F"/>
     <w:rsid w:val="009831BE"/>
     <w:rsid w:val="00986A9C"/>
+    <w:rsid w:val="009907BC"/>
     <w:rsid w:val="009B7209"/>
     <w:rsid w:val="009E4F9B"/>
     <w:rsid w:val="009F2DD6"/>
     <w:rsid w:val="009F331E"/>
     <w:rsid w:val="00A415C1"/>
+    <w:rsid w:val="00A56E9A"/>
     <w:rsid w:val="00A93566"/>
     <w:rsid w:val="00AB2782"/>
     <w:rsid w:val="00AC08EA"/>
     <w:rsid w:val="00B145FF"/>
     <w:rsid w:val="00B22803"/>
     <w:rsid w:val="00B51B11"/>
     <w:rsid w:val="00B8614E"/>
     <w:rsid w:val="00BA40BD"/>
     <w:rsid w:val="00BB1DFC"/>
     <w:rsid w:val="00BC4506"/>
     <w:rsid w:val="00BF6CB4"/>
     <w:rsid w:val="00C14CA3"/>
     <w:rsid w:val="00C20CCA"/>
     <w:rsid w:val="00C21966"/>
     <w:rsid w:val="00C375BC"/>
     <w:rsid w:val="00C40A9C"/>
     <w:rsid w:val="00C71424"/>
     <w:rsid w:val="00C84B84"/>
     <w:rsid w:val="00CB6C21"/>
     <w:rsid w:val="00D07649"/>
     <w:rsid w:val="00D171F7"/>
     <w:rsid w:val="00D427CD"/>
     <w:rsid w:val="00D5718C"/>
     <w:rsid w:val="00D81587"/>
     <w:rsid w:val="00D93B87"/>
@@ -6895,82 +6847,82 @@
   </a:extLst>
 </a:theme>
 </file>
 
 <file path=customXml/_rels/item1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps1.xml"/></Relationships>
 </file>
 
 <file path=customXml/item1.xml><?xml version="1.0" encoding="utf-8"?>
 <b:Sources xmlns:b="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" SelectedStyle="\APASixthEditionOfficeOnline.xsl" StyleName="APA" Version="6"/>
 </file>
 
 <file path=customXml/itemProps1.xml><?xml version="1.0" encoding="utf-8"?>
 <ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{675A8BF4-4F8F-40C2-B460-A8F43DB9E90B}">
   <ds:schemaRefs>
     <ds:schemaRef ds:uri="http://schemas.openxmlformats.org/officeDocument/2006/bibliography"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Template>Normal.dotm</Template>
   <TotalTime></TotalTime>
   <Pages>4</Pages>
-  <Words>7667</Words>
+  <Words>7666</Words>
   <Characters>4371</Characters>
   <Application>Microsoft Office Word</Application>
   <DocSecurity>0</DocSecurity>
   <Lines>36</Lines>
   <Paragraphs>24</Paragraphs>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="4" baseType="variant">
       <vt:variant>
         <vt:lpstr>Назва</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
       <vt:variant>
         <vt:lpstr>Название</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="2" baseType="lpstr">
       <vt:lpstr/>
       <vt:lpstr/>
     </vt:vector>
   </TitlesOfParts>
   <Company/>
   <LinksUpToDate>false</LinksUpToDate>
-  <CharactersWithSpaces>12014</CharactersWithSpaces>
+  <CharactersWithSpaces>12013</CharactersWithSpaces>
   <SharedDoc>false</SharedDoc>
   <HLinks>
     <vt:vector size="90" baseType="variant">
       <vt:variant>
         <vt:i4>327756</vt:i4>
       </vt:variant>
       <vt:variant>
         <vt:i4>42</vt:i4>
       </vt:variant>
       <vt:variant>
         <vt:i4>0</vt:i4>
       </vt:variant>
       <vt:variant>
         <vt:i4>5</vt:i4>
       </vt:variant>
       <vt:variant>
         <vt:lpwstr>https://vin.enera.ua/</vt:lpwstr>
       </vt:variant>
       <vt:variant>
         <vt:lpwstr/>
       </vt:variant>
       <vt:variant>
         <vt:i4>4587646</vt:i4>
       </vt:variant>
       <vt:variant>