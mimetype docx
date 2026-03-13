--- v0 (2025-12-19)
+++ v1 (2026-03-13)
@@ -4,56 +4,56 @@
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/word/document.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml"/>
   <Override PartName="/customXml/itemProps1.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Override PartName="/word/numbering.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml"/>
   <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
   <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/webSettings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.webSettings+xml"/>
   <Override PartName="/word/footnotes.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footnotes+xml"/>
   <Override PartName="/word/endnotes.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.endnotes+xml"/>
   <Override PartName="/word/header1.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.header+xml"/>
   <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
 <w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
   <w:body>
-    <w:p w14:paraId="54A9053B" w14:textId="77777777" w:rsidR="00986A9C" w:rsidRPr="0059023F" w:rsidRDefault="00986A9C" w:rsidP="0072471D">
+    <w:p w14:paraId="54A9053B" w14:textId="77777777" w:rsidR="00986A9C" w:rsidRPr="0059023F" w:rsidRDefault="00986A9C" w:rsidP="00A53835">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="1695"/>
         </w:tabs>
-        <w:jc w:val="right"/>
+        <w:jc w:val="both"/>
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="0059023F">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Додаток № </w:t>
       </w:r>
       <w:r w:rsidR="00061199" w:rsidRPr="0059023F">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>3</w:t>
       </w:r>
       <w:r w:rsidR="0072471D" w:rsidRPr="0059023F">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:tab/>
@@ -565,67 +565,51 @@
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="0059023F">
               <w:rPr>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>1) індивідуальні та колективні побутові споживачі, в тому числі гуртожитки, що розраховуються за електричну енергію за загальним розрахунковим засобом обліку в частині споживання електричної енергії фізичними особами для задоволення власних побутових потреб, які не включають професійну та/або господарську діяльність;</w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="134B5B9B" w14:textId="77777777" w:rsidR="000D598A" w:rsidRPr="0059023F" w:rsidRDefault="000D598A" w:rsidP="000D598A">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="0059023F">
               <w:rPr>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
-              <w:t xml:space="preserve">2) багатоквартирні житлові будинки (в тому числі гуртожитки) на технічні цілі (аварійне та евакуаційне освітлення, роботу індивідуальних теплових пунктів, </w:t>
-[...15 lines deleted...]
-              <w:t xml:space="preserve">, ліфтів, насосів та </w:t>
+              <w:t xml:space="preserve">2) багатоквартирні житлові будинки (в тому числі гуртожитки) на технічні цілі (аварійне та евакуаційне освітлення, роботу індивідуальних теплових пунктів, котелень, ліфтів, насосів та </w:t>
             </w:r>
             <w:proofErr w:type="spellStart"/>
             <w:r w:rsidRPr="0059023F">
               <w:rPr>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>замково</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
             <w:r w:rsidRPr="0059023F">
               <w:rPr>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>-переговорних пристроїв, протипожежних систем, систем вентиляції, димовидалення та кондиціонування, систем сигналізації, авіаційних маяків, що належать власникам квартир багатоквартирного будинку на праві спільної власності) та освітлення дворів, східців і номерних знаків;</w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="4D060434" w14:textId="77777777" w:rsidR="000D598A" w:rsidRPr="0059023F" w:rsidRDefault="000D598A" w:rsidP="000D598A">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
@@ -1303,52 +1287,53 @@
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:lang w:val="uk-UA"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="0059023F">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:lang w:val="uk-UA"/>
               </w:rPr>
               <w:t>Визначення способу оплати послуг з розподілу та передачі електричної енергії</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="6804" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
-          <w:p w14:paraId="303E65C9" w14:textId="77777777" w:rsidR="00F6781C" w:rsidRPr="0059023F" w:rsidRDefault="005F502B" w:rsidP="000D598A">
-            <w:pPr>
+          <w:p w14:paraId="303E65C9" w14:textId="77777777" w:rsidR="00F6781C" w:rsidRPr="0059023F" w:rsidRDefault="005F502B" w:rsidP="00A53835">
+            <w:pPr>
+              <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:eastAsia="Calibri"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="0059023F">
               <w:rPr>
                 <w:rFonts w:eastAsia="Calibri"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>Вартість послуг з розподілу та передачі електричної енергії сплачуються Споживачем через Постачальника з наступним переведенням цієї оплати оператору системи передачі та оператору системи розподілу.</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00F6781C" w:rsidRPr="0059023F" w14:paraId="04F296EE" w14:textId="77777777" w:rsidTr="0054737F">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3232" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="2265656E" w14:textId="77777777" w:rsidR="00F6781C" w:rsidRPr="0059023F" w:rsidRDefault="00F6781C" w:rsidP="00A45DAF">
             <w:pPr>
@@ -1410,75 +1395,51 @@
           <w:tcPr>
             <w:tcW w:w="3232" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="6994CADA" w14:textId="77777777" w:rsidR="00A45DAF" w:rsidRPr="0059023F" w:rsidRDefault="00A45DAF" w:rsidP="00A45DAF">
             <w:pPr>
               <w:pStyle w:val="HTML"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:lang w:val="uk-UA"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="0059023F">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:lang w:val="uk-UA"/>
               </w:rPr>
-              <w:t xml:space="preserve">Зобов'язання щодо компенсації споживачу за недотримання </w:t>
-[...23 lines deleted...]
-              <w:t xml:space="preserve"> комерційної якості надання послуг</w:t>
+              <w:t>Зобов'язання щодо компенсації споживачу за недотримання електропостачальником комерційної якості надання послуг</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="6804" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="0C36F559" w14:textId="77777777" w:rsidR="00A45DAF" w:rsidRPr="0059023F" w:rsidRDefault="00A45DAF" w:rsidP="00A45DAF">
             <w:pPr>
               <w:pStyle w:val="HTML"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:lang w:val="uk-UA"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="0059023F">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:lang w:val="uk-UA"/>
@@ -2280,71 +2241,71 @@
       </w:r>
       <w:r w:rsidR="000305A5" w:rsidRPr="0059023F">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>ВІННИЦЯ»</w:t>
       </w:r>
     </w:p>
     <w:sectPr w:rsidR="006B692A" w:rsidRPr="00027C04" w:rsidSect="000305A5">
       <w:headerReference w:type="default" r:id="rId9"/>
       <w:pgSz w:w="11900" w:h="16840"/>
       <w:pgMar w:top="567" w:right="567" w:bottom="567" w:left="1134" w:header="284" w:footer="6" w:gutter="0"/>
       <w:cols w:space="999"/>
       <w:noEndnote/>
       <w:titlePg/>
       <w:docGrid w:linePitch="360"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/endnotes.xml><?xml version="1.0" encoding="utf-8"?>
 <w:endnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
   <w:endnote w:type="separator" w:id="-1">
-    <w:p w14:paraId="41DB7E86" w14:textId="77777777" w:rsidR="00682818" w:rsidRDefault="00682818" w:rsidP="000305A5">
+    <w:p w14:paraId="1C5108DE" w14:textId="77777777" w:rsidR="00012FD8" w:rsidRDefault="00012FD8" w:rsidP="000305A5">
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:endnote>
   <w:endnote w:type="continuationSeparator" w:id="0">
-    <w:p w14:paraId="1B1AD743" w14:textId="77777777" w:rsidR="00682818" w:rsidRDefault="00682818" w:rsidP="000305A5">
+    <w:p w14:paraId="557AAD85" w14:textId="77777777" w:rsidR="00012FD8" w:rsidRDefault="00012FD8" w:rsidP="000305A5">
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:endnote>
 </w:endnotes>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
 <w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh">
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
-    <w:charset w:val="CC"/>
+    <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Courier New">
     <w:panose1 w:val="02070309020205020404"/>
     <w:charset w:val="CC"/>
     <w:family w:val="modern"/>
     <w:pitch w:val="fixed"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C0007843" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Wingdings">
     <w:panose1 w:val="05000000000000000000"/>
     <w:charset w:val="02"/>
     <w:family w:val="auto"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000000" w:usb1="10000000" w:usb2="00000000" w:usb3="00000000" w:csb0="80000000" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Symbol">
     <w:panose1 w:val="05050102010706020507"/>
     <w:charset w:val="02"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000000" w:usb1="10000000" w:usb2="00000000" w:usb3="00000000" w:csb0="80000000" w:csb1="00000000"/>
   </w:font>
@@ -2376,58 +2337,58 @@
     <w:family w:val="roman"/>
     <w:notTrueType/>
     <w:pitch w:val="default"/>
   </w:font>
   <w:font w:name="SimSun">
     <w:altName w:val="宋体"/>
     <w:panose1 w:val="02010600030101010101"/>
     <w:charset w:val="86"/>
     <w:family w:val="auto"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000203" w:usb1="288F0000" w:usb2="00000016" w:usb3="00000000" w:csb0="00040001" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Calibri Light">
     <w:panose1 w:val="020F0302020204030204"/>
     <w:charset w:val="CC"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E4002EFF" w:usb1="C200247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
 </w:fonts>
 </file>
 
 <file path=word/footnotes.xml><?xml version="1.0" encoding="utf-8"?>
 <w:footnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
   <w:footnote w:type="separator" w:id="-1">
-    <w:p w14:paraId="558D2618" w14:textId="77777777" w:rsidR="00682818" w:rsidRDefault="00682818" w:rsidP="000305A5">
+    <w:p w14:paraId="3C5FE790" w14:textId="77777777" w:rsidR="00012FD8" w:rsidRDefault="00012FD8" w:rsidP="000305A5">
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:type="continuationSeparator" w:id="0">
-    <w:p w14:paraId="1D3E903C" w14:textId="77777777" w:rsidR="00682818" w:rsidRDefault="00682818" w:rsidP="000305A5">
+    <w:p w14:paraId="212A5A0F" w14:textId="77777777" w:rsidR="00012FD8" w:rsidRDefault="00012FD8" w:rsidP="000305A5">
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:footnote>
 </w:footnotes>
 </file>
 
 <file path=word/header1.xml><?xml version="1.0" encoding="utf-8"?>
 <w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
   <w:p w14:paraId="74A4C893" w14:textId="77777777" w:rsidR="000305A5" w:rsidRPr="000305A5" w:rsidRDefault="000305A5">
     <w:pPr>
       <w:pStyle w:val="ab"/>
       <w:jc w:val="center"/>
       <w:rPr>
         <w:sz w:val="20"/>
         <w:szCs w:val="20"/>
       </w:rPr>
     </w:pPr>
     <w:r w:rsidRPr="000305A5">
       <w:rPr>
         <w:sz w:val="20"/>
         <w:szCs w:val="20"/>
       </w:rPr>
       <w:fldChar w:fldCharType="begin"/>
@@ -3384,153 +3345,157 @@
     <w:abstractNumId w:val="6"/>
   </w:num>
   <w:num w:numId="3" w16cid:durableId="1533105147">
     <w:abstractNumId w:val="1"/>
   </w:num>
   <w:num w:numId="4" w16cid:durableId="259800682">
     <w:abstractNumId w:val="2"/>
   </w:num>
   <w:num w:numId="5" w16cid:durableId="793134046">
     <w:abstractNumId w:val="7"/>
   </w:num>
   <w:num w:numId="6" w16cid:durableId="1498154300">
     <w:abstractNumId w:val="5"/>
   </w:num>
   <w:num w:numId="7" w16cid:durableId="266696939">
     <w:abstractNumId w:val="0"/>
   </w:num>
   <w:num w:numId="8" w16cid:durableId="772670989">
     <w:abstractNumId w:val="4"/>
   </w:num>
 </w:numbering>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh">
-  <w:zoom w:percent="70"/>
+  <w:zoom w:percent="80"/>
   <w:removePersonalInformation/>
   <w:removeDateAndTime/>
   <w:proofState w:spelling="clean" w:grammar="clean"/>
   <w:defaultTabStop w:val="720"/>
   <w:hyphenationZone w:val="425"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:hdrShapeDefaults>
     <o:shapedefaults v:ext="edit" spidmax="2050"/>
   </w:hdrShapeDefaults>
   <w:footnotePr>
     <w:footnote w:id="-1"/>
     <w:footnote w:id="0"/>
   </w:footnotePr>
   <w:endnotePr>
     <w:endnote w:id="-1"/>
     <w:endnote w:id="0"/>
   </w:endnotePr>
   <w:compat>
     <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="15"/>
     <w:compatSetting w:name="overrideTableStyleFontSizeAndJustification" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="enableOpenTypeFeatures" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="doNotFlipMirrorIndents" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="differentiateMultirowTableHeaders" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="useWord2013TrackBottomHyphenation" w:uri="http://schemas.microsoft.com/office/word" w:val="0"/>
   </w:compat>
   <w:rsids>
     <w:rsidRoot w:val="00E12C13"/>
+    <w:rsid w:val="00012FD8"/>
     <w:rsid w:val="00014037"/>
     <w:rsid w:val="00016D34"/>
     <w:rsid w:val="00025FD5"/>
     <w:rsid w:val="00027C04"/>
     <w:rsid w:val="000305A5"/>
     <w:rsid w:val="00030C13"/>
     <w:rsid w:val="00061199"/>
     <w:rsid w:val="000A7427"/>
     <w:rsid w:val="000B47D6"/>
     <w:rsid w:val="000B62EF"/>
     <w:rsid w:val="000C6CD0"/>
     <w:rsid w:val="000D598A"/>
     <w:rsid w:val="000E05EC"/>
     <w:rsid w:val="00116D1B"/>
     <w:rsid w:val="001225BC"/>
     <w:rsid w:val="00141AAF"/>
     <w:rsid w:val="00163BF3"/>
     <w:rsid w:val="001B7FB7"/>
     <w:rsid w:val="001F0CB6"/>
     <w:rsid w:val="00222E97"/>
     <w:rsid w:val="00223A57"/>
     <w:rsid w:val="00282F05"/>
     <w:rsid w:val="002C7C36"/>
+    <w:rsid w:val="002E4B24"/>
     <w:rsid w:val="002F221E"/>
     <w:rsid w:val="00343566"/>
     <w:rsid w:val="003737A6"/>
     <w:rsid w:val="00395311"/>
     <w:rsid w:val="003C645B"/>
     <w:rsid w:val="003C7171"/>
     <w:rsid w:val="003D45BE"/>
     <w:rsid w:val="003E10FB"/>
     <w:rsid w:val="004056DF"/>
     <w:rsid w:val="0042784F"/>
     <w:rsid w:val="00435E3F"/>
     <w:rsid w:val="00472D0C"/>
     <w:rsid w:val="00493E95"/>
     <w:rsid w:val="004D0ABA"/>
     <w:rsid w:val="004E26DA"/>
     <w:rsid w:val="0054737F"/>
     <w:rsid w:val="005677D6"/>
     <w:rsid w:val="005811FA"/>
     <w:rsid w:val="0059023F"/>
     <w:rsid w:val="00594FA8"/>
     <w:rsid w:val="005D2577"/>
     <w:rsid w:val="005D58DD"/>
     <w:rsid w:val="005F502B"/>
     <w:rsid w:val="00611E0F"/>
     <w:rsid w:val="00657747"/>
     <w:rsid w:val="00682818"/>
     <w:rsid w:val="006B692A"/>
     <w:rsid w:val="0072471D"/>
     <w:rsid w:val="00781460"/>
     <w:rsid w:val="00790909"/>
     <w:rsid w:val="007B5A54"/>
     <w:rsid w:val="007E2EED"/>
     <w:rsid w:val="00805FE3"/>
     <w:rsid w:val="00834BDD"/>
     <w:rsid w:val="008847E3"/>
     <w:rsid w:val="008A0242"/>
     <w:rsid w:val="008B343D"/>
     <w:rsid w:val="008B4B29"/>
     <w:rsid w:val="008E29C3"/>
     <w:rsid w:val="008E58A2"/>
     <w:rsid w:val="009831BE"/>
     <w:rsid w:val="00986A9C"/>
     <w:rsid w:val="009E4F9B"/>
     <w:rsid w:val="009F2DD6"/>
     <w:rsid w:val="009F331E"/>
     <w:rsid w:val="00A225BF"/>
     <w:rsid w:val="00A45DAF"/>
+    <w:rsid w:val="00A53835"/>
     <w:rsid w:val="00A93566"/>
     <w:rsid w:val="00AB2782"/>
     <w:rsid w:val="00AC08EA"/>
     <w:rsid w:val="00B51B11"/>
     <w:rsid w:val="00B8614E"/>
+    <w:rsid w:val="00BA39DE"/>
     <w:rsid w:val="00BB1DFC"/>
     <w:rsid w:val="00BC4506"/>
     <w:rsid w:val="00C14CA3"/>
     <w:rsid w:val="00C20CCA"/>
     <w:rsid w:val="00C375BC"/>
     <w:rsid w:val="00C40A9C"/>
     <w:rsid w:val="00C71424"/>
     <w:rsid w:val="00C84B84"/>
     <w:rsid w:val="00D171F7"/>
     <w:rsid w:val="00D427CD"/>
     <w:rsid w:val="00D5718C"/>
     <w:rsid w:val="00D772F4"/>
     <w:rsid w:val="00D81587"/>
     <w:rsid w:val="00DA1188"/>
     <w:rsid w:val="00DC4A88"/>
     <w:rsid w:val="00E12C13"/>
     <w:rsid w:val="00E45155"/>
     <w:rsid w:val="00E46EF6"/>
     <w:rsid w:val="00F13BF8"/>
     <w:rsid w:val="00F263FA"/>
     <w:rsid w:val="00F6781C"/>
     <w:rsid w:val="00F72350"/>
     <w:rsid w:val="00F95BDB"/>
     <w:rsid w:val="00FA0266"/>
     <w:rsid w:val="00FA53E4"/>